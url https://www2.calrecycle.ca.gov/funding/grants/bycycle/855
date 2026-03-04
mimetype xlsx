--- v0 (2025-12-17)
+++ v1 (2026-03-04)
@@ -1,970 +1,967 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56fc6b16c7e44340" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a55dcc310074eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rda342e6234654951"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R621df01e86824160"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="302">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="301">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Local Enforcement Agency Grants (EA36)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Alpine              </x:t>
-[...8 lines deleted...]
-    <x:t>5306942235</x:t>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Selene Roman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247441</x:t>
   </x:si>
   <x:si>
     <x:t>Andrea Smith</x:t>
   </x:si>
   <x:si>
-    <x:t>Funds will be used for inspections, permitting and enforcement of solid waste facilities in Alpine County.</x:t>
-[...11 lines deleted...]
-    <x:t>5305523865</x:t>
+    <x:t>Tulare County will utilize FY25/26 Local Enforcement Agency Funds to support the regulation of solid waste processing and disposal activities. The funds will partially cover the cost of a Registered Environmental Health Specialist, who will be responsible for performing routine facility inspections, processing permit applications, and responding to solid waste complaints.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Timothy Kraus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9256085549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolanda Park</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grant funds to be used for personnel salaries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Del Norte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miss Heidi Kunstal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074647254</x:t>
   </x:si>
   <x:si>
     <x:t>Blessing Badmus</x:t>
   </x:si>
   <x:si>
-    <x:t> Our solid waste program goal is to protect public health, safety, and the environment in Butte County. The program intends to use the funds to complete enforcement/compliance inspections, provide educational material, purchase safety equipment, purchase electronic equipment, cover personnel expenses, cover training expenses, and cover vehicle expenses.</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t> The funds will be used for personnel and transportation costs.</x:t>
   </x:si>
   <x:si>
-    <x:t>Glenn               </x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Kings               </x:t>
   </x:si>
   <x:si>
     <x:t>Kings County</x:t>
   </x:si>
   <x:si>
     <x:t> Troy Hommerding</x:t>
   </x:si>
   <x:si>
     <x:t>5595841411</x:t>
   </x:si>
   <x:si>
     <x:t> Grant Monies will be used for personnel costs, equipment, and training to provide solid waste services within Kings County, California</x:t>
   </x:si>
   <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Joaquin County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Natalia Subbotnikova</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2094680338</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the San Joaquin County Environmental Health Department Solid Waste Program is to protect public health, safety, and environment with regard to solid waste facilities within our jurisdiction. The San Joaquin County Environmental Health Department intends to use the FY 2025-2026 LEA grant fund for new safety, field and the office equipment; medical monitoring (annual check-up and tests for enforcement staff who perform inspection at solid waste facilities); staff training; and facility inspection. Any interest earned will be spent on copy machine lease.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madera County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms Monica Roath</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596757823</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Madera County. The Enforcement Assistance Grant will be used to augment funds for staffing, equipment and necessary tools to adequately perform Local Enforcement Agency duties within the Environmental Health Division.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Gillis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9168767279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA Grant will be used to off-set personnel costs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Vernon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Dulce Gonzalez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238261448</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Vernon Department of Health and Environmental Control (DHEC) is dedicated to implementing a thorough solid waste management program to safeguard the environment across all facilities. To achieve this goal, the department plans to allocate funds to strengthen compliance and enforcement measures strategically.
+These funds from the FY 2025-2026 LEA Grant EA36 will be utilized to organize educational workshops and events targeting residents, businesses, and local organizations. The aim is to raise awareness about effective solid waste practices and promote community involvement. Furthermore, training sessions will be conducted to ensure that staff and volunteers are equipped with the latest strategies in waste management.
+The department will also invest in essential equipment as part of this initiative. Through these concerted efforts, the City of Vernon aims to foster sustainable practices that will benefit future generations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Mayra Barcenas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093611037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino County, Department of Public Health, Environmental Health Services intends to use FY 2025-2026 LEA Grant (EA36) funds to supplement the local enforcement program budget for personnel costs. Funds will be fully expended for said purposes by the end of the FY.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Los Angeles</x:t>
   </x:si>
   <x:si>
     <x:t> Megan Lee</x:t>
   </x:si>
   <x:si>
     <x:t>2132523344</x:t>
   </x:si>
   <x:si>
     <x:t>The LEA is applying for the 2025-26 Enforcement Assistance Grant to further assist our program in reinforcing its goal and achieve efficiency.  
 The LEA would like to use part of the grant for a consultant contract, which is primarily utilized for engineering review of Reports of Facility Information, closure plans, and other technical documents.  The LEA would like to use the remainder for staff salary related to the LEA Grant, staff training, attendance of conferences and associated travel, office supplies, professional certification, and membership fees and field and safety equipment and its maintenance.</x:t>
   </x:si>
   <x:si>
-    <x:t>Madera              </x:t>
-[...283 lines deleted...]
-  <x:si>
     <x:t>Sunshine Canyon Landfill</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of our solid waste program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.
 The Sunshine Canyon Landfill Local Enforcement Agency intends to use EA 36 FY 2025-26 LEA grant funds for new safety and field equipment, staff training and attendance of conferences and associated travel, office supplies, professional certification and membership fees, and field equipment and its maintenance.</x:t>
   </x:si>
   <x:si>
-    <x:t>Lassen              </x:t>
-[...11 lines deleted...]
-    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. The Lassen County Environmental Health Division intends to use fiscal year 2025-2026 Local Enforcement Agency (LEA) grant funds for personnel expenses directly related to administering the LEA program. Staff will review permits, perform inspections, assign compliance statuses, and conduct enforcement measures as applicable.</x:t>
+    <x:t>Los Angeles County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Estevan Padilla</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6264305234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. Los Angeles County's Environmental Health
+Division intends to use FY 2025–26 LEA grant funds to perform inspections, purchase new safety equipment, conduct monitoring, and for maintenance on equipment assigned to our Solid Waste Program. Any remaining funds will be used for training and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inyo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jerrold Oser</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608788485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Inyo County Environmental Health Department, acting as the Local Enforcement Agency (LEA), will utilize CalRecycle grant funding to support the county’s solid waste program. Specifically, the funds will be applied toward salaries and benefits for staff responsible for the permitting, inspection, and enforcement activities required under state solid waste regulations. This support helps ensure continued protection of public health and the environment through effective oversight of solid waste facilities and operations within Inyo County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs Yesenia Gonzalez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7608637570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Riverside County LEA will use the grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/unpermitted solid waste facilities. Grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Hany Benjamin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The LEA's goal is to regulate proper storage, collection and disposal of residential, commercial and industrial solid waste. This is accomplished through education, inspections, and enforcement activities. The grant will be used for REHS salary to perform inspections, investigate complaints, training, maintaining computer equipment, software, copy machine, purchasing safety equipment, vehicle maintenance and fuel costs. Any interest earned will be used towards inspections and vehicle fuel.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yuba County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Clark Pickell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307497523</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reimburse of personnel costs at the applied labor rate for solid waste inspection and enforcement for the following jurisdictions: City of Live Oak, City of Marysville, City of Wheatland, City of Yuba City, Sutter County and Yuba County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Genelle Guzman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8056542433</x:t>
+  </x:si>
+  <x:si>
+    <x:t>To protect public health, safety, and the environment with regard to solid waste facilities and operations within our jurisdiction. Ventura County EHD/LEA intends to use EA36 grant funds to perform inspections, purchase new equipment as needed, and training and education for staff members.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> AJ Sekhon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4089182787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the solid waste program is to protect public health, safety, and the environment with regard to the safe storage, transport and disposal of solid waste within our jurisdiction. The County of Santa Clara Department of Environmental Health intends to use FY 2025/2026 LEA grant funds for activities directly related to implementation and administration costs of the solid waste facilities permit and inspection programs as outlined in the procedures and requirements and application guidelines for this grant. This may include, but not be limited to, new safety and computer equipment, medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities, personnel costs, and maintenance on vehicles assigned to the LEA Solid Waste Program.</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
     <x:t>Lake County</x:t>
   </x:si>
   <x:si>
     <x:t> Craig Wetherbee</x:t>
   </x:si>
   <x:si>
     <x:t>7072631164</x:t>
   </x:si>
   <x:si>
     <x:t>Grant will be used to fund PERSONNEL (Administrative staff and field staff salaries).</x:t>
   </x:si>
   <x:si>
+    <x:t>San Diego           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Juliet Tran</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6193180535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego County‘s Solid Waste Local Enforcement Agency (LEA) has a developed program to protect public health and safety and the environment that encompasses a wide variety of solid waste activities, including permitting, inspection, investigation, enforcement, regulatory streamlining, operator training, agency outreach, agency coordination and customer outreach.  Funds from the EA35 grant would be used by San Diego County's LEA to enhance the LEA program by providing funds to purchase additional and updated equipment, computer equipment and software, office equipment and supplies, perform equipment maintenance and calibration, for training, personnel costs, hiring outside professionals, reference materials, communications equipment, professional memberships, laboratory services, health and safety equipment and medical monitoring for staff.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shasta County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nathaniel Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302255407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. Shasta County's Environmental Health Division intends to use FY 2025–26 LEA grant funds to cover the costs associated with staff time working in Solid Waste program. Any accrued interested will be used for staff training.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>El Dorado County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kyle Fliflet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306216129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The County of El Dorado is the local enforcement agency responsible for permitting, inspection and enforcement duties within its jurisdiction and the Board of Supervisors has designated the Health and Human Services Agency as the Agency (HHSA) to oversee solid waste laws enforcement.  El Dorado County HHSA intends to use FY 2025–26 LEA grant funds to perform activities related to analysis and testing, equipment calibration, certification, demonstrations, site studies, and consultants.  Any interest earned will be used for those same activities.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Pittsburg</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Zuna Barker Portillo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9252524129</x:t>
+  </x:si>
+  <x:si>
+    <x:t> To cover Personnel expenses</x:t>
+  </x:si>
+  <x:si>
     <x:t>Merced              </x:t>
   </x:si>
   <x:si>
     <x:t>Merced County</x:t>
   </x:si>
   <x:si>
     <x:t> Nicole Ubbink</x:t>
   </x:si>
   <x:si>
     <x:t>2093857686</x:t>
   </x:si>
   <x:si>
     <x:t>Solid Waste Local Enforcement Agency activities</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>Yolo County Department of Community Services intends to use FY2024-2025 grant funds for staff time not reimbursable by fees, such as site investigation and consultation.</x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Milen Ortega</x:t>
   </x:si>
   <x:si>
     <x:t>6502071945</x:t>
   </x:si>
   <x:si>
     <x:t>EA35 funds will be used for:
 1. Staffing and training.
 2. Expenses related to hosting round table and other solid waste meetings.
 3. Equipment maintenance and equipment needs such as instrument calibration, computers, cameras, etc.
 4. Vehicle mileage and travel expenses.
 5. Staffing and miscellaneous expenses such as safety gear.</x:t>
   </x:si>
   <x:si>
+    <x:t>Mendocino           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jonathan Armas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072346625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mendocino County Division of Environmental Health intends to use LEA EA36 grant funds towards staff salary. With this grant and permit fees we are able to have one full time position that conducts inspections at solid waste facilities throughout our county.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dwight Weiman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072682229</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This certified LEA oversees 59 solid waste sites (operations, facilities, closed municipal waste, and burn dumps) and numerous nuisance dump sites. We educate citizens and businesses and respond to their requests as well as other agency requests for service.  Other funding for the LEA program is derived from a portion of the solid waste tipping fee, solid waste operation/facility inspection fees, and project review fees.  We will use the EA 36 grant funds to augment our program personnel expenses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modoc County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chris Murray</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302336310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All grant funds and incurred interest will be used for LEA program personnel cost.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Trey Strickland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7077846765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Solano County Environmental Health will utilize EA36 grant funding to implement the LEA Program requirements in accordance with CalRecycle's guidelines and expectations.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Placer County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jason Gaitan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5307452311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Placer County LEA will use grant funds to augment staff funding to allow the solid waste program staff to spend additional time on unfunded solid waste inspections and enforcement activities such as illegal dumping/land application and illegal/un-permitted solid waste facilities. The grant funding will also allow for more solid waste staff time at solid waste specific training to increase our effectiveness as a program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sierra County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elizabeth Morgan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309936716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>With one FTE Environmental Health Specialist and one extra help Environmental Health Specialist, Sierra County currently has one (1) closed landfill and five (5) operating transfer stations that are permitted and inspected.  In addition, there are thirteen ()13) closed/inactive/abandoned (CIA) sites are also inspected.  These solid waste facilities are located throughout an area covering approximately 1,000 square miles.  Additionally, the Environmental Health Specialists respond to solid waste complaints.  The Local Enforcement Agency (LEA) intends to use grant funds to cover personnel, equipment, training, and transportation expenses to implement the solid waste program.  The LEA is responsible to assure that solid waste is collected, treated, handled, reclaimed and/or recycled in such a manner as to prevent the spread of pollution of waters, the creation of nuisances or safety hazards, and environmental degradation of any kind   This is achieved by ensuring the correct operation of solid waste facilities, long with verifying the proper storage and transportation of solid wastes in Sierra County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Jason Johnston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053468463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Solid Waste Program is to protect public health, safety, and the environment as it relates to the operation of solid waste facilities in Santa Barbara County. The Enforcement Assistance Grant will be used to augment funds for staffing the Local Enforcement Agency which resides within the Environmental Health Services Division of the Santa Barbara County Public Health Department.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colusa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kuljeet Mundi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5304580883</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funding will be used to cover the cost of staffing.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpine              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alpine County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dennis Lampson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306942235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds will be used for inspections, permitting and enforcement of solid waste facilities in Alpine County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Imperial County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jorge Perez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4422651888</x:t>
+  </x:si>
+  <x:si>
+    <x:t> This grant will be used to properly carry out all LEA requirements by providing LEA staff with proper equipment and training for the protection of public health, safety, and the environment.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Monterey            </x:t>
   </x:si>
   <x:si>
     <x:t>Monterey County</x:t>
   </x:si>
   <x:si>
     <x:t> Mercedes Parra</x:t>
   </x:si>
   <x:si>
     <x:t>8318837510</x:t>
   </x:si>
   <x:si>
     <x:t>Local Enforcement Agency Grant Program EA32 funds will supplement personnel, training, equipment, supplies, and other program-related costs of operating the Monterey County's Solid Waste Management Services. Grant monies will be used to achieve the following goals: 
 1. To inspect and monitor all regulated solid waste facilities at required frequencies.
 2. To enhance program efficiently by increasing specialists' knowledge and capacity through key training opportunities. 
 3. To ensure safety and effectiveness while enforcing solid waste statues and regulations by providing staff with the necessary tools and equipment to carry out program activities.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Vernon</x:t>
-[...37 lines deleted...]
-    <x:t>San Diego County‘s Solid Waste Local Enforcement Agency (LEA) has a developed program to protect public health and safety and the environment that encompasses a wide variety of solid waste activities, including permitting, inspection, investigation, enforcement, regulatory streamlining, operator training, agency outreach, agency coordination and customer outreach.  Funds from the EA35 grant would be used by San Diego County's LEA to enhance the LEA program by providing funds to purchase additional and updated equipment, computer equipment and software, office equipment and supplies, perform equipment maintenance and calibration, for training, personnel costs, hiring outside professionals, reference materials, communications equipment, professional memberships, laboratory services, health and safety equipment and medical monitoring for staff.</x:t>
+    <x:t>Tehama              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tehama County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lori Muller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305278020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Health, safety and the environment with regard to solid waste facilities in Tehama County. Tehama County Department of Environmental Health intends to use FY 2025-26 LEA Grant funds for new safety and computer equipment, maintenance on vehicles assigned to the solid waste program and for staffing, training within the state.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lauren Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7144336011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of Orange County's (OC) Solid Waste Program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. OC's Environmental Health Division intends to use FY 2025-2026 LEA grant funds to perform inspections, purchase new testing and other equipment, conduct staff training, and for maintenance on vehicles assigned to the LEA Solid Waste Program. Any interest earned will be used for more training and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Glenn County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kevin Backus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5309346102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The enforcement assistance grant will be utilized to directly support the Glenn County Local Enforcement Agency in inspecting and monitoring the Glenn County Landfill, Transfer Station and other solid waste inspection and permitting activities. The grants funds will be maintained in a separate account within the Glenn County Planning and Community Development Services Agency budget, as required in the Enforcement Assistance Grants Program Financial Control Mechanisms document. Expenditures will be used for LEA staff salaries.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Pat Sanders</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302836355</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Plumas County will use EA36 funds for Personnel.</x:t>
   </x:si>
   <x:si>
     <x:t>Alameda             </x:t>
   </x:si>
   <x:si>
     <x:t>Alameda County</x:t>
   </x:si>
   <x:si>
     <x:t> Arthur Surdilla</x:t>
   </x:si>
   <x:si>
     <x:t>5105676868</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the Alameda County Environmental Health Department (ACEHD) Local Enforcement Agency (LEA) is to protect the health, safety, and well-being of the public through promotion of environmental quality with regard to solid waste activities within the county jurisdiction. The Alameda County LEA continues to increase solid waste inspection and enforcement activities including conducting three-part tests at potential solid waste facilities and operations, new post-closure land use activities at closed landfills throughout the county, and investigation of illegal disposal activities. LEA staff conduct periodic and focused inspections of solid waste facilities and operations, review new and existing post-closure land use activities, conduct Solid Waste Facility Permit (SWFP) revisions, 5-year permit reviews, Report of Facility Information (RFI) amendments, and complaint investigations received from other jurisdictions or the public. The LEA ensures that all these activities meet Public Resources Code (PRC) and Title 14 and 27 of the California Code of Regulations (CCR) regulatory requirements. The Alameda County LEA intends to utilize FY2025-2026 EA Grant 36 funds towards a portion of the salaries of staff directly involved in the ACEHD Solid Waste LEA program.</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...11 lines deleted...]
-    <x:t>The goal of Orange County's (OC) Solid Waste Program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. OC's Environmental Health Division intends to use FY 2025-2026 LEA grant funds to perform inspections, purchase new testing and other equipment, conduct staff training, and for maintenance on vehicles assigned to the LEA Solid Waste Program. Any interest earned will be used for more training and education.</x:t>
+    <x:t>Lassen              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lassen County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Sara Chandler</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302518269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of our solid waste program is to protect public health, safety, and the environment with regard to solid waste facilities within our jurisdiction. The Lassen County Environmental Health Division intends to use fiscal year 2025-2026 Local Enforcement Agency (LEA) grant funds for personnel expenses directly related to administering the LEA program. Staff will review permits, perform inspections, assign compliance statuses, and conduct enforcement measures as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Marin               </x:t>
   </x:si>
   <x:si>
     <x:t>Marin County</x:t>
   </x:si>
   <x:si>
     <x:t> Tara Erfani</x:t>
   </x:si>
   <x:si>
     <x:t>4154736917</x:t>
   </x:si>
   <x:si>
     <x:t>The grant funds will support the inspection and enforcement program of the Solid Waste Enforcement Agency in Marin County.  The LEA carries out the work described in the PRC and CCR Titles 14 and 27 at the active landfill, active transfer station, numerous closed landfills, numerous post-closure sites, and several compost sites.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Lisa Flagg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308412150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Funds are used to support the LEA program in Siskiyou County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Napa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Simpson-Vandam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072534095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Napa County Solid Waste Local Enforcement Agency is to protect the public health, safety, and the environment with regard to all solid waste facilities and operations within Napa County. 
+Napa County intends to use the FY 2025-26 LEA Grant funds for the purpose of assisting personnel salary associated within the solid waste facility inspection and permitting program.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Diego</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Frick</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6192367080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the City of San Diego Solid Waste Local Enforcement Agency (LEA) is to protect public health and safety and the environment with regard to solid waste facilities within our jurisdiction. The LEA intends to use EA36 grant funds for medical monitoring, personnel costs, and equipment for enforcement staff to perform inspections at solid waste facilities. Grant funds will support the LEA’s existing staff personnel costs related to the administration of the solid waste facilities permit and inspection programs, including training and equipment.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Rachel Bell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEA Staff Salaries</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>Fresno County</x:t>
   </x:si>
   <x:si>
     <x:t> Stephanie Howard</x:t>
   </x:si>
   <x:si>
     <x:t>5596003357</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of the solid waste program is to promote compliance with State and Local regulations as it
 pertains to the collection, handling, storage and disposal of residential, commercial and industrial waste in an effort to protect the air, water, and land from pollution and to ensure public health, safety and the environment. The Fresno County Department of Public Health, Environmental Health Division,
 intends to utilize the FY 2025-26 Enforcement Grant funds for staffing needs directly related to
 the County of Fresno Enforcement Program. Remaining grant funds will be utilized to attend
 training to maintain program certification, fund office expenses, and purchase and maintain
 equipment.</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Clara County</x:t>
-[...8 lines deleted...]
-    <x:t>The goal of the solid waste program is to protect public health, safety, and the environment with regard to the safe storage, transport and disposal of solid waste within our jurisdiction. The County of Santa Clara Department of Environmental Health intends to use FY 2025/2026 LEA grant funds for activities directly related to implementation and administration costs of the solid waste facilities permit and inspection programs as outlined in the procedures and requirements and application guidelines for this grant. This may include, but not be limited to, new safety and computer equipment, medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities, personnel costs, and maintenance on vehicles assigned to the LEA Solid Waste Program.</x:t>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elaine McSpadden</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305523865</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Our solid waste program goal is to protect public health, safety, and the environment in Butte County. The program intends to use the funds to complete enforcement/compliance inspections, provide educational material, purchase safety equipment, purchase electronic equipment, cover personnel expenses, cover training expenses, and cover vehicle expenses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kristalynne Anderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306231459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Used to regulate solid waste facilities in Trinity County.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amy Irani</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5032651464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Nevada County Environmental Health Department, as the LEA, intends to utilize EA 36 Funds for the continued enhancement of the CIA disposal site program, support for unrecoverable solid waste enforcement and investigation costs, training of LEA REHS staff via conferences and/or seminars, and support of personnel costs related to LEA activities per approved CalRecycle methodology.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Covina</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Brian Cervantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6269398425</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The goal of our solid waste program is to protect the health, safety, and environment with regard to the solid waste facility in the City's jurisdiction, namely BKK landfill. The City of West Covina intends to use the 2025-26 LEA Grant Fund to supplement their LEA Solid Waste Program for grant eligible expenses including contractual waste management enforcement/inspection services, staff training, and office supplies.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Chad San Juan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6618628701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Division intends to use FY 2025–2026 LEA grant funds to purchase new equipment such as landfill gas monitoring equipment purchase of new safety and computer equipment, conduct medical monitoring (annual check-up and tests for enforcement staff who perform inspections at solid waste facilities), and for maintenance on vehicles assigned to the LEA Solid Waste Program. Any interest earned will be used for training and education.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Suzie Dawley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5306668646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yolo County Department of Community Services intends to use FY2024-2025 grant funds for staff time not reimbursable by fees, such as site investigation and consultation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mariposa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Diane Robarge</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097420953</x:t>
+  </x:si>
+  <x:si>
+    <x:t> The goal of our Solid Waste Program is to protect public health, safety and the environment with regard to solid waste facilities within our jurisdiction.                                                                               
+                                                                                                                                                Funds obtained from the grant program will be used to support the Local Enforcement Agency's (LEA) ability to inspect, permit and monitor the landfill and compost facility.  These funds will be set up in a separate interest bearing account and appropriate records will be maintained.  Any interest earned will be used to enhance Personnel costs.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amador County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Faye Blizinski</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2092236439</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All Grant Funds will be placed into salaries to cover cost of inspections and administration of LEA Program</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono                </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mono County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jill Kearney</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7609241846</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Mono County LEA plans to spend the entire grant money on LEA staff salary.</x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma              </x:t>
   </x:si>
   <x:si>
     <x:t>Sonoma County</x:t>
   </x:si>
   <x:si>
     <x:t> Amy Mezeta</x:t>
   </x:si>
   <x:si>
     <x:t>7075656532</x:t>
   </x:si>
   <x:si>
     <x:t>The goal of Sonoma County’s Solid Waste program is to protect public health, public safety and the environment with regard to solid waste facilities within our jurisdiction.
 Sonoma County’s Department of Health Services, Public Health Division, Environmental Health &amp; Safety Section intends to use fiscal year 2025-26 Local Enforcement Agency (LEA) grant funds for REHS salaries assigned to the LEA program.</x:t>
   </x:si>
   <x:si>
-    <x:t>El Dorado           </x:t>
-[...201 lines deleted...]
-    <x:t> This grant will be used to properly carry out all LEA requirements by providing LEA staff with proper equipment and training for the protection of public health, safety, and the environment.</x:t>
+    <x:t>City of San Jose</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Younis Nabiyar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4085353897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The goal of the Local Enforcement Agency (LEA) Program is to protect health, safety and the environment with regard to the effects of solid waste at recycling, waste handling facilities, and illegal disposal (blight, etc.) sites. The City of San Jose Department of Planning, Building and Code Enforcement Division intends to use the LEA EA35 Grant Funding for the ongoing duties and responsibilities of permitting, inspecting, and enforcement of permitted Solid Waste Facilities. To adequately fulfill the duties of the LEA the following are needed: consulting services, staff training and related travel costs, continuing education (REHS) and professional memberships (CEHA, NEHA, etc.), and maintenance and/or upgrade of equipment. LEA grant expenditures, needs, and focus may be altered during the term of this grant cycle
+which may necessitate a reallocation of some of the grant funds. If this is necessary, the LEA Manager will provide the proposed changes for CalRecycle staff review.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 59</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -1099,51 +1096,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a9cd36ec2f4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rda342e6234654951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R18623843359f416a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70403e5e094d44d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R621df01e86824160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4f6b6099bb8c4944" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1191,1488 +1188,1488 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="91.984260559082031" customHeight="1" collapsed="0">
+    <x:row ht="333.46771240234375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>15065</x:v>
+        <x:v>25599</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.95904541015625" customHeight="1" collapsed="0">
+    <x:row ht="46.006317138671875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>19025</x:v>
+        <x:v>25579</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="46.00628662109375" customHeight="1" collapsed="0">
+    <x:row ht="57.486602783203125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>25579</x:v>
+        <x:v>15702</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
-    <x:row ht="57.48663330078125" customHeight="1" collapsed="0">
+    <x:row ht="115.0015869140625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>15702</x:v>
+        <x:v>19701</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="517.464599609375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>16240</x:v>
+        <x:v>22436</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
         <x:v>38</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A11" s="8" t="s">
+      <x:c r="B11" s="8" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>17737</x:v>
+        <x:v>18182</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+      <x:c r="G11" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+    </x:row>
+    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>43</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A12" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>19701</x:v>
+        <x:v>32125</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>47</x:v>
       </x:c>
       <x:c r="G12" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H12" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="873.921142578125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
         <x:v>48</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A13" s="8" t="s">
+      <x:c r="B13" s="8" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>62637</x:v>
+        <x:v>15522</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="241.483642578125" customHeight="1" collapsed="0">
+      <x:c r="A14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A14" s="8" t="s">
+      <x:c r="B14" s="8" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>18182</x:v>
+        <x:v>50357</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+      <x:c r="G14" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="G14" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H14" s="8" t="s">
+    </x:row>
+    <x:row ht="551.962158203125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B15" s="8" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>16159</x:v>
+        <x:v>62637</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+    </x:row>
+    <x:row ht="390.954345703125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B16" s="8" t="s">
         <x:v>62</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>19789</x:v>
+        <x:v>15521</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.995361328125" customHeight="1" collapsed="0">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>16101</x:v>
+        <x:v>78035</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>73</x:v>
-[...2 lines deleted...]
-    <x:row ht="68.9951171875" customHeight="1" collapsed="0">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="505.955810546875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>74</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>75</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>16653</x:v>
+        <x:v>17737</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>76</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>78</x:v>
-[...2 lines deleted...]
-    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>79</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>80</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>18015</x:v>
+        <x:v>42762</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>81</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="G19" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>83</x:v>
-[...2 lines deleted...]
-    <x:row ht="34.49755859375" customHeight="1" collapsed="0">
+        <x:v>77</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="448.46923828125" customHeight="1" collapsed="0">
       <x:c r="A20" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B20" s="8" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>16037</x:v>
+        <x:v>20003</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F20" s="8" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="G20" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H20" s="8" t="s">
-        <x:v>87</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.976318359375" customHeight="1" collapsed="0">
+        <x:v>82</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
       <x:c r="A21" s="8" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>22535</x:v>
+        <x:v>34393</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
-        <x:v>92</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+        <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B22" s="8" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>17216</x:v>
+        <x:v>23277</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="F22" s="8" t="s">
-        <x:v>96</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="G22" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H22" s="8" t="s">
-        <x:v>97</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+        <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="689.953125" customHeight="1" collapsed="0">
       <x:c r="A23" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>32125</x:v>
+        <x:v>26120</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
-        <x:v>102</x:v>
-[...2 lines deleted...]
-    <x:row ht="862.41259765625" customHeight="1" collapsed="0">
+        <x:v>97</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.99462890625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>103</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>104</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>30018</x:v>
+        <x:v>17025</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>105</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-    <x:row ht="1000.40283203125" customHeight="1" collapsed="0">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="793.4462890625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>108</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>15021</x:v>
+        <x:v>37504</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
-        <x:v>110</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
-        <x:v>111</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
-        <x:v>112</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.00634765625" customHeight="1" collapsed="0">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="310.478515625" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>113</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>16341</x:v>
+        <x:v>18319</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
-        <x:v>116</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-    <x:row ht="137.99072265625" customHeight="1" collapsed="0">
+        <x:v>112</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="471.4580078125" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>118</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>21723</x:v>
+        <x:v>16297</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
-        <x:v>121</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.98095703125" customHeight="1" collapsed="0">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="34.498046875" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
-        <x:v>123</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
-        <x:v>124</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>16485</x:v>
+        <x:v>16037</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
-        <x:v>125</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-    <x:row ht="22.9892578125" customHeight="1" collapsed="0">
+        <x:v>121</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>16417</x:v>
+        <x:v>19063</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
-        <x:v>130</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
-        <x:v>132</x:v>
-[...2 lines deleted...]
-    <x:row ht="252.99169921875" customHeight="1" collapsed="0">
+        <x:v>126</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
-        <x:v>134</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>23277</x:v>
+        <x:v>22189</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
-        <x:v>136</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
-        <x:v>137</x:v>
-[...2 lines deleted...]
-    <x:row ht="195.47705078125" customHeight="1" collapsed="0">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="229.974609375" customHeight="1" collapsed="0">
       <x:c r="A31" s="8" t="s">
-        <x:v>138</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B31" s="8" t="s">
-        <x:v>139</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C31" s="8"/>
       <x:c r="D31" s="9" t="n">
-        <x:v>34393</x:v>
+        <x:v>19789</x:v>
       </x:c>
       <x:c r="E31" s="8" t="s">
-        <x:v>140</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F31" s="8" t="s">
-        <x:v>141</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G31" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H31" s="8" t="s">
-        <x:v>142</x:v>
-[...2 lines deleted...]
-    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+        <x:v>136</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
       <x:c r="A32" s="8" t="s">
-        <x:v>143</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B32" s="8" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C32" s="8"/>
       <x:c r="D32" s="9" t="n">
-        <x:v>16192</x:v>
+        <x:v>19045</x:v>
       </x:c>
       <x:c r="E32" s="8" t="s">
-        <x:v>145</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F32" s="8" t="s">
-        <x:v>146</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="G32" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H32" s="8" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-    <x:row ht="390.95458984375" customHeight="1" collapsed="0">
+        <x:v>141</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="68.994140625" customHeight="1" collapsed="0">
       <x:c r="A33" s="8" t="s">
-        <x:v>49</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B33" s="8" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C33" s="8"/>
       <x:c r="D33" s="9" t="n">
-        <x:v>15521</x:v>
+        <x:v>16101</x:v>
       </x:c>
       <x:c r="E33" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="F33" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="G33" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H33" s="8" t="s">
-        <x:v>149</x:v>
-[...2 lines deleted...]
-    <x:row ht="425.45166015625" customHeight="1" collapsed="0">
+        <x:v>146</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="137.9912109375" customHeight="1" collapsed="0">
       <x:c r="A34" s="8" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B34" s="8" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C34" s="8"/>
       <x:c r="D34" s="9" t="n">
-        <x:v>17280</x:v>
+        <x:v>21723</x:v>
       </x:c>
       <x:c r="E34" s="8" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="F34" s="8" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="G34" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H34" s="8" t="s">
+        <x:v>151</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+      <x:c r="A35" s="8" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="F34" s="8" t="s">
+      <x:c r="B35" s="8" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="C35" s="8"/>
       <x:c r="D35" s="9" t="n">
-        <x:v>17025</x:v>
+        <x:v>22535</x:v>
       </x:c>
       <x:c r="E35" s="8" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="F35" s="8" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="G35" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H35" s="8" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1000.40234375" customHeight="1" collapsed="0">
+      <x:c r="A36" s="8" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="F35" s="8" t="s">
+      <x:c r="B36" s="8" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
       <x:c r="C36" s="8"/>
       <x:c r="D36" s="9" t="n">
-        <x:v>19063</x:v>
+        <x:v>15021</x:v>
       </x:c>
       <x:c r="E36" s="8" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="F36" s="8" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="G36" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H36" s="8" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
+      <x:c r="A37" s="8" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="F36" s="8" t="s">
+      <x:c r="B37" s="8" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="C37" s="8"/>
       <x:c r="D37" s="9" t="n">
-        <x:v>34828</x:v>
+        <x:v>22747</x:v>
       </x:c>
       <x:c r="E37" s="8" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F37" s="8" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G37" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H37" s="8" t="s">
+        <x:v>166</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+      <x:c r="A38" s="8" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F37" s="8" t="s">
+      <x:c r="B38" s="8" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="C38" s="8"/>
       <x:c r="D38" s="9" t="n">
-        <x:v>27662</x:v>
+        <x:v>16192</x:v>
       </x:c>
       <x:c r="E38" s="8" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="F38" s="8" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="G38" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H38" s="8" t="s">
+        <x:v>171</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="91.984375" customHeight="1" collapsed="0">
+      <x:c r="A39" s="8" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F38" s="8" t="s">
+      <x:c r="B39" s="8" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
       <x:c r="C39" s="8"/>
       <x:c r="D39" s="9" t="n">
-        <x:v>18611</x:v>
+        <x:v>15065</x:v>
       </x:c>
       <x:c r="E39" s="8" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="F39" s="8" t="s">
-        <x:v>178</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="G39" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H39" s="8" t="s">
-        <x:v>179</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.4619140625" customHeight="1" collapsed="0">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
       <x:c r="A40" s="8" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B40" s="8" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C40" s="8"/>
       <x:c r="D40" s="9" t="n">
-        <x:v>22189</x:v>
+        <x:v>21475</x:v>
       </x:c>
       <x:c r="E40" s="8" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F40" s="8" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G40" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H40" s="8" t="s">
-        <x:v>184</x:v>
-[...2 lines deleted...]
-    <x:row ht="597.9404296875" customHeight="1" collapsed="0">
+        <x:v>181</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="597.939453125" customHeight="1" collapsed="0">
       <x:c r="A41" s="8" t="s">
-        <x:v>185</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B41" s="8" t="s">
-        <x:v>186</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C41" s="8"/>
       <x:c r="D41" s="9" t="n">
         <x:v>22706</x:v>
       </x:c>
       <x:c r="E41" s="8" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F41" s="8" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="G41" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H41" s="8" t="s">
+        <x:v>186</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="275.9814453125" customHeight="1" collapsed="0">
+      <x:c r="A42" s="8" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="F41" s="8" t="s">
+      <x:c r="B42" s="8" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="C42" s="8"/>
       <x:c r="D42" s="9" t="n">
-        <x:v>15522</x:v>
+        <x:v>16485</x:v>
       </x:c>
       <x:c r="E42" s="8" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="F42" s="8" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="G42" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H42" s="8" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="F42" s="8" t="s">
+    </x:row>
+    <x:row ht="425.451171875" customHeight="1" collapsed="0">
+      <x:c r="A43" s="8" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="G42" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H42" s="8" t="s">
+      <x:c r="B43" s="8" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="C43" s="8"/>
       <x:c r="D43" s="9" t="n">
-        <x:v>50357</x:v>
+        <x:v>47637</x:v>
       </x:c>
       <x:c r="E43" s="8" t="s">
-        <x:v>196</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F43" s="8" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="G43" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="H43" s="8" t="s">
+        <x:v>196</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="494.4482421875" customHeight="1" collapsed="0">
+      <x:c r="A44" s="8" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B44" s="8" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="C44" s="8"/>
       <x:c r="D44" s="9" t="n">
-        <x:v>37504</x:v>
+        <x:v>16240</x:v>
       </x:c>
       <x:c r="E44" s="8" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="F44" s="8" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F44" s="8" t="s">
+      <x:c r="G44" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H44" s="8" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="G44" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H44" s="8" t="s">
+    </x:row>
+    <x:row ht="46.005859375" customHeight="1" collapsed="0">
+      <x:c r="A45" s="8" t="s">
         <x:v>202</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A45" s="8" t="s">
+      <x:c r="B45" s="8" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
       <x:c r="C45" s="8"/>
       <x:c r="D45" s="9" t="n">
-        <x:v>32740</x:v>
+        <x:v>17216</x:v>
       </x:c>
       <x:c r="E45" s="8" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="F45" s="8" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="F45" s="8" t="s">
+      <x:c r="G45" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H45" s="8" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="G45" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H45" s="8" t="s">
+    </x:row>
+    <x:row ht="1115.404296875" customHeight="1" collapsed="0">
+      <x:c r="A46" s="8" t="s">
         <x:v>207</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A46" s="8" t="s">
+      <x:c r="B46" s="8" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
       <x:c r="C46" s="8"/>
       <x:c r="D46" s="9" t="n">
-        <x:v>47637</x:v>
+        <x:v>32740</x:v>
       </x:c>
       <x:c r="E46" s="8" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="F46" s="8" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="G46" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H46" s="8" t="s">
+        <x:v>211</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="425.453125" customHeight="1" collapsed="0">
+      <x:c r="A47" s="8" t="s">
         <x:v>212</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A47" s="8" t="s">
+      <x:c r="B47" s="8" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
       <x:c r="C47" s="8"/>
       <x:c r="D47" s="9" t="n">
-        <x:v>18826</x:v>
+        <x:v>17280</x:v>
       </x:c>
       <x:c r="E47" s="8" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="F47" s="8" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="F47" s="8" t="s">
+      <x:c r="G47" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H47" s="8" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="G47" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H47" s="8" t="s">
+    </x:row>
+    <x:row ht="264.4716796875" customHeight="1" collapsed="0">
+      <x:c r="A48" s="8" t="s">
         <x:v>217</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A48" s="8" t="s">
+      <x:c r="B48" s="8" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
       <x:c r="C48" s="8"/>
       <x:c r="D48" s="9" t="n">
-        <x:v>28783</x:v>
+        <x:v>18826</x:v>
       </x:c>
       <x:c r="E48" s="8" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F48" s="8" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
       <x:c r="G48" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H48" s="8" t="s">
+        <x:v>221</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="46.0068359375" customHeight="1" collapsed="0">
+      <x:c r="A49" s="8" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="B49" s="8" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C49" s="8"/>
       <x:c r="D49" s="9" t="n">
-        <x:v>26120</x:v>
+        <x:v>16341</x:v>
       </x:c>
       <x:c r="E49" s="8" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="F49" s="8" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="G49" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H49" s="8" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
-    <x:row ht="367.966796875" customHeight="1" collapsed="0">
+    <x:row ht="356.45703125" customHeight="1" collapsed="0">
       <x:c r="A50" s="8" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B50" s="8" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C50" s="8"/>
       <x:c r="D50" s="9" t="n">
-        <x:v>25594</x:v>
+        <x:v>18015</x:v>
       </x:c>
       <x:c r="E50" s="8" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="F50" s="8" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="G50" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H50" s="8" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.45703125" customHeight="1" collapsed="0">
+    <x:row ht="482.966796875" customHeight="1" collapsed="0">
       <x:c r="A51" s="8" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B51" s="8" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="C51" s="8"/>
       <x:c r="D51" s="9" t="n">
-        <x:v>16297</x:v>
+        <x:v>27662</x:v>
       </x:c>
       <x:c r="E51" s="8" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="F51" s="8" t="s">
         <x:v>234</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>235</x:v>
       </x:c>
       <x:c r="G51" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H51" s="8" t="s">
+        <x:v>235</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="22.98828125" customHeight="1" collapsed="0">
+      <x:c r="A52" s="8" t="s">
         <x:v>236</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A52" s="8" t="s">
+      <x:c r="B52" s="8" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="C52" s="8"/>
       <x:c r="D52" s="9" t="n">
-        <x:v>16152</x:v>
+        <x:v>16417</x:v>
       </x:c>
       <x:c r="E52" s="8" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="F52" s="8" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="F52" s="8" t="s">
+      <x:c r="G52" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H52" s="8" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="G52" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H52" s="8" t="s">
+    </x:row>
+    <x:row ht="609.44921875" customHeight="1" collapsed="0">
+      <x:c r="A53" s="8" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="8" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C53" s="8"/>
       <x:c r="D53" s="9" t="n">
-        <x:v>78035</x:v>
+        <x:v>28783</x:v>
       </x:c>
       <x:c r="E53" s="8" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F53" s="8" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="G53" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H53" s="8" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A54" s="8" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B54" s="8" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C54" s="8"/>
       <x:c r="D54" s="9" t="n">
-        <x:v>42762</x:v>
+        <x:v>19025</x:v>
       </x:c>
       <x:c r="E54" s="8" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="F54" s="8" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="G54" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H54" s="8" t="s">
         <x:v>250</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.466796875" customHeight="1" collapsed="0">
+    <x:row ht="57.486328125" customHeight="1" collapsed="0">
       <x:c r="A55" s="8" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B55" s="8" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C55" s="8"/>
       <x:c r="D55" s="9" t="n">
-        <x:v>25599</x:v>
+        <x:v>16152</x:v>
       </x:c>
       <x:c r="E55" s="8" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F55" s="8" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="G55" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H55" s="8" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
-    <x:row ht="80.505859375" customHeight="1" collapsed="0">
+    <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A56" s="8" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B56" s="8" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="C56" s="8"/>
       <x:c r="D56" s="9" t="n">
-        <x:v>16315</x:v>
+        <x:v>16732</x:v>
       </x:c>
       <x:c r="E56" s="8" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="F56" s="8" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="G56" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H56" s="8" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
-    <x:row ht="356.455078125" customHeight="1" collapsed="0">
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A57" s="8" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B57" s="8" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
       <x:c r="C57" s="8"/>
       <x:c r="D57" s="9" t="n">
-        <x:v>22747</x:v>
+        <x:v>15750</x:v>
       </x:c>
       <x:c r="E57" s="8" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F57" s="8" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="F57" s="8" t="s">
+      <x:c r="G57" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H57" s="8" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="G57" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H57" s="8" t="s">
+    </x:row>
+    <x:row ht="367.966796875" customHeight="1" collapsed="0">
+      <x:c r="A58" s="8" t="s">
         <x:v>265</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A58" s="8" t="s">
+      <x:c r="B58" s="8" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
       <x:c r="C58" s="8"/>
       <x:c r="D58" s="9" t="n">
-        <x:v>16732</x:v>
+        <x:v>34828</x:v>
       </x:c>
       <x:c r="E58" s="8" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="F58" s="8" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="G58" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H58" s="8" t="s">
+        <x:v>269</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="160.978515625" customHeight="1" collapsed="0">
+      <x:c r="A59" s="8" t="s">
         <x:v>270</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A59" s="8" t="s">
+      <x:c r="B59" s="8" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="C59" s="8"/>
       <x:c r="D59" s="9" t="n">
-        <x:v>18319</x:v>
+        <x:v>18611</x:v>
       </x:c>
       <x:c r="E59" s="8" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="F59" s="8" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="G59" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H59" s="8" t="s">
+        <x:v>274</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+      <x:c r="A60" s="8" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="B60" s="8" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C60" s="8"/>
       <x:c r="D60" s="9" t="n">
-        <x:v>15750</x:v>
+        <x:v>16159</x:v>
       </x:c>
       <x:c r="E60" s="8" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="F60" s="8" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="G60" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="H60" s="8" t="s">
         <x:v>279</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.9609375" customHeight="1" collapsed="0">
+    <x:row ht="80.50390625" customHeight="1" collapsed="0">
       <x:c r="A61" s="8" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B61" s="8" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C61" s="8"/>
       <x:c r="D61" s="9" t="n">
-        <x:v>19045</x:v>
+        <x:v>16315</x:v>
       </x:c>
       <x:c r="E61" s="8" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="F61" s="8" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="G61" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H61" s="8" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
-    <x:row ht="517.462890625" customHeight="1" collapsed="0">
+    <x:row ht="68.994140625" customHeight="1" collapsed="0">
       <x:c r="A62" s="8" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B62" s="8" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C62" s="8"/>
       <x:c r="D62" s="9" t="n">
-        <x:v>22436</x:v>
+        <x:v>16653</x:v>
       </x:c>
       <x:c r="E62" s="8" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="F62" s="8" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="G62" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H62" s="8" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.46875" customHeight="1" collapsed="0">
+    <x:row ht="367.96484375" customHeight="1" collapsed="0">
       <x:c r="A63" s="8" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B63" s="8" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C63" s="8"/>
       <x:c r="D63" s="9" t="n">
-        <x:v>20003</x:v>
+        <x:v>25594</x:v>
       </x:c>
       <x:c r="E63" s="8" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="F63" s="8" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="G63" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H63" s="8" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
-    <x:row ht="149.5" customHeight="1" collapsed="0">
+    <x:row ht="862.4140625" customHeight="1" collapsed="0">
       <x:c r="A64" s="8" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B64" s="8" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
       <x:c r="C64" s="8"/>
       <x:c r="D64" s="9" t="n">
-        <x:v>21475</x:v>
+        <x:v>30018</x:v>
       </x:c>
       <x:c r="E64" s="8" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F64" s="8" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F64" s="8" t="s">
+      <x:c r="G64" s="8" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="H64" s="8" t="s">
         <x:v>298</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400390625" customHeight="1" collapsed="0">
       <x:c r="A65" s="10" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="B65" s="10" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>301</x:v>
       </x:c>
       <x:c r="C65" s="10"/>
       <x:c r="D65" s="11" t="n">
         <x:v>1404000</x:v>
       </x:c>
       <x:c r="E65" s="10" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F65" s="10" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="G65" s="10" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="H65" s="10" t="s">
-        <x:v>300</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
@@ -2701,29 +2698,29 @@
     <x:mergeCell ref="B45:C45"/>
     <x:mergeCell ref="B46:C46"/>
     <x:mergeCell ref="B47:C47"/>
     <x:mergeCell ref="B48:C48"/>
     <x:mergeCell ref="B49:C49"/>
     <x:mergeCell ref="B50:C50"/>
     <x:mergeCell ref="B51:C51"/>
     <x:mergeCell ref="B52:C52"/>
     <x:mergeCell ref="B53:C53"/>
     <x:mergeCell ref="B54:C54"/>
     <x:mergeCell ref="B55:C55"/>
     <x:mergeCell ref="B56:C56"/>
     <x:mergeCell ref="B57:C57"/>
     <x:mergeCell ref="B58:C58"/>
     <x:mergeCell ref="B59:C59"/>
     <x:mergeCell ref="B60:C60"/>
     <x:mergeCell ref="B61:C61"/>
     <x:mergeCell ref="B62:C62"/>
     <x:mergeCell ref="B63:C63"/>
     <x:mergeCell ref="B64:C64"/>
     <x:mergeCell ref="B65:C65"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 11:53 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 4, 2026 2:25 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>