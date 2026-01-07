--- v0 (2025-12-16)
+++ v1 (2026-01-07)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a71498cc23242f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe4b9f5ef964b9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Ree96f34aa0f9461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7a058ca744ff486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR87)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -68,101 +68,101 @@
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: 1. There are three parcels total that we are requesting funding to clean up:
   1. Parcel: 076-081-030, zoned agriculture
   2. Parcel: 053-161-020, zoned open space
   3. Parcel: 053-141-013, zoned open space
 2. The three parcels listed in item A above have a had a continuous homeless encampment issue, which have led to the unauthorized access and dumping.  These three parcels have been chosen due to their proximity of the creek and environmental damage the illegal dumping is causing.
 3. Our County has had extensive experience with illegal dumping and clean up.  Our Flood Control District and Airport property have seen many encampments and the associated illegal dumping.  Our County spent over $200,000.00 in the past cleaning up our levee and associated properties.  The areas we are targeting in this grant have been a consistent area of concern.
    1. Illegal dumping is a continual problem not just related to homeless encampments, but, illegal 
     roadside dumping with trash, debris and hazardous materials
    2. We have done multiple media campaigns to try and abate the issue, we have an active Adopt A 
    Road Program which helps with roadside trash and debris removal, a blue bag pilot program to help 
    encampments with lawful trash removal(2019 Pilot Program), our waste haulers provide days where 
    bulky items can be removed.
   3. We work closely with our nonprofit providers and our Community Action Team to offer services to 
   the unhoused.  These services include but are not limited to housing, veteran resources, medical care 
   and behavioral health.
 4. The illegal dumping on these sites are by unknown individuals, therefore the responsible party cannot be identified, located or pay for timely and proper remediation. The parcel owners are working to enforce “No Trespassing” but have not been unsuccessful.
 5. Important Partners/Resources:
    1. City of San Luis Obispo
    2. Adopt A Road Members
    3. Road funds to clear debris from public right of way</x:t>
   </x:si>
   <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nikolaus Grunder</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072682224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The County of Humboldt’s Local Enforcement Agency (LEA) is seeking funding through CalRecycle’s Farm and Ranch Solid Waste Cleanup and Abatement Grant Program to support the cleanup of an illegal solid waste disposal site located on private property owned by Green Diamond Resource Company in Arcata, California. The site contains accumulated household waste and debris associated with unauthorized encampment activity.
+The cleanup will be carried out in cooperation with the property owner and with the support of a qualified contractor, New Directions. Grant funds will be used to cover the costs of labor, equipment, waste removal, disposal fees, and administrative oversight necessary to complete the cleanup in a safe and compliant manner. The LEA will provide project oversight to ensure that all work meets state and local environmental requirements.
+The project supports Humboldt County’s broader goals of protecting public health, preventing pollution, and restoring environmentally sensitive lands impacted by illegal dumping</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tulare County Resource Management Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Alexandra Yates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5596247000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Clean up one site that has illegal dumping.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County Resource Conservation District</x:t>
   </x:si>
   <x:si>
     <x:t> Faith Churchill</x:t>
   </x:si>
   <x:si>
     <x:t>5306433757</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Bureau of Land Management (BLM) parcel located off Centerville Road in Butte County has a persistent history of illegal dumping, largely attributed to its secluded location and ease of access via a dirt road. Despite previous clean-up efforts, the site continues to accumulate household waste, creating environmental, aesthetic, and public health concerns.
 The Butte County Resource Conservation District (BCRCD) proposes a targeted clean-up and access control effort on approximately 0.8 acres of the 83-acre parcel. The project will remove an estimated 8 cubic yards of illegally dumped household debris concentrated near the dirt access road, several hundred feet off Centerville Road. Collected materials will be transported using equipment and trucks to the Neal Road Recycling and Waste Facility in Chico, CA.
 To deter future dumping, a forestry-style gate will be installed on the BLM road entrance. Additionally, large boulders will be strategically placed to block bypass routes, and “No Trespassing” and “No Illegal Dumping” signage will be posted to reinforce access restrictions.
 This project supports land stewardship goals, public safety, and responsible recreation by restoring the site and implementing long-term deterrents to prevent recurring dumping activity.</x:t>
-  </x:si>
-[...33 lines deleted...]
-The project supports Humboldt County’s broader goals of protecting public health, preventing pollution, and restoring environmentally sensitive lands impacted by illegal dumping</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1148b08fd2e140c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ree96f34aa0f9461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R22dd2f2025cd4acc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd955f59d862f4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a058ca744ff486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3a0d0dd6e83c4e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -413,108 +413,108 @@
     </x:row>
     <x:row ht="1885.8331298828125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>150000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1264.9039306640625" customHeight="1" collapsed="0">
+    <x:row ht="1034.9007568359375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>35930</x:v>
+        <x:v>19957</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row ht="115.00146484375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>38590</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.90087890625" customHeight="1" collapsed="0">
+    <x:row ht="1264.904052734375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>19957</x:v>
+        <x:v>35930</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="10" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="10"/>
       <x:c r="D10" s="11" t="n">
         <x:v>244477</x:v>
       </x:c>
@@ -524,29 +524,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 7:53 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 6, 2026 7:37 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>