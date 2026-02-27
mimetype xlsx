--- v1 (2026-01-07)
+++ v2 (2026-02-27)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe4b9f5ef964b9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4d3f88733a4a8c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R7a058ca744ff486c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R759753caa97840f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Farm and Ranch Solid Waste Cleanup and Abatement Grant (FR87)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -297,51 +297,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd955f59d862f4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a058ca744ff486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3a0d0dd6e83c4e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd820a0b09cc445e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R759753caa97840f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R07c3cf7023ad47fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -524,29 +524,29 @@
       <x:c r="F10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="H10" s="10" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 6, 2026 7:37 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 27, 2026 7:07 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>