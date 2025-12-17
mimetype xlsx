--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R886ba28c42d04629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cec44ab6f24afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R25d3da3f82a24ac0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37397a68cbf34184"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Tire Incentive Program (TIP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -279,51 +279,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b06470d00a47cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R25d3da3f82a24ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R20d948ae2c304aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22e598fec2684b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37397a68cbf34184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R598fcc09147345da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -521,29 +521,29 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 16, 2025 1:23 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:23 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>