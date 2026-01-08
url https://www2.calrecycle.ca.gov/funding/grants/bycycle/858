--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -1,138 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cec44ab6f24afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b07d803ed24039" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R37397a68cbf34184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd381c15ef7314ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Tire Incentive Program (TIP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we are able to mold utility support blocks from 10 mesh crumb for a company in the Mid-West at competitive prices.  Three D Plastics anticipates usage of 2,200,000 pounds of crumb rubber and $220,000 in incentives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> kelly morabito</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As a manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance, we plan to use 1,500,000 lbs. of 10/20 mesh crumb rubber for the TDP/New Existing product category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums. Other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use more than 6,500,000 pounds of recycled crumb for this Grant and therefore we are requesting $650,000.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Rubber Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Kendra Steinmeyer</x:t>
   </x:si>
   <x:si>
     <x:t>9098251200</x:t>
   </x:si>
   <x:si>
     <x:t>US Rubber Recycling Inc manufactures flooring from crumb rubber.  The products are used mainly in commercial flooring and underlayment for sound mitigation.  The company expects to use 5,000,000 lbs. of crumb rubber within the New/Existing TDP incentive category next year.  We are requesting $650,000 grant award amount.</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we are able to mold utility support blocks from 10 mesh crumb for a company in the Mid-West at competitive prices.  Three D Plastics anticipates usage of 2,200,000 pounds of crumb rubber and $220,000 in incentives.</x:t>
   </x:si>
   <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>We will use a fine mesh rubber (50 mesh) in our process of manufacturing shingle and roll goods for roofing materials. The crumb rubber usage will contain 1,733,333.32 pounds for a total amount of $650,000. The crumb rubber will be incorporated in the asphalt rubber blend, replacing a portion of the primer rubber (SBS) that is used as the binder for the roofing materials.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
@@ -279,51 +279,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22e598fec2684b17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R37397a68cbf34184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R598fcc09147345da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b1a940a42643f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd381c15ef7314ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rae8beadd91e74b48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -371,141 +371,141 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98110961914063" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8"/>
       <x:c r="H6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.97634887695313" customHeight="1" collapsed="0">
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G7" s="8"/>
       <x:c r="H7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+    <x:row ht="344.97637939453125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="8"/>
       <x:c r="H8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>220000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="G9" s="8"/>
       <x:c r="H9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row ht="344.976318359375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>650000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="G10" s="8"/>
       <x:c r="H10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>35</x:v>
@@ -521,29 +521,29 @@
         <x:v>34</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 17, 2025 1:23 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 8, 2026 9:38 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>