--- v2 (2026-01-08)
+++ v3 (2026-02-13)
@@ -1,138 +1,141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b07d803ed24039" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dab890258945ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd381c15ef7314ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R54298a431488487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Tire Incentive Program (TIP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>U.S. Rubber Recycling, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Kendra Steinmeyer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9098251200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Rubber Recycling Inc manufactures flooring from crumb rubber.  The products are used mainly in commercial flooring and underlayment for sound mitigation.  The company expects to use 5,000,000 lbs. of crumb rubber within the New/Existing TDP incentive category next year.  We are requesting $650,000 grant award amount.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums. Other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use more than 6,500,000 pounds of recycled crumb for this Grant and therefore we are requesting $650,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> kelly morabito</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As a manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance, we plan to use 1,500,000 lbs. of 10/20 mesh crumb rubber for the TDP/New Existing product category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
     <x:t>Three D Plastics, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t> Frank Dvoracek</x:t>
   </x:si>
   <x:si>
     <x:t>3238491316</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we are able to mold utility support blocks from 10 mesh crumb for a company in the Mid-West at competitive prices.  Three D Plastics anticipates usage of 2,200,000 pounds of crumb rubber and $220,000 in incentives.</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>US Rubber Recycling Inc manufactures flooring from crumb rubber.  The products are used mainly in commercial flooring and underlayment for sound mitigation.  The company expects to use 5,000,000 lbs. of crumb rubber within the New/Existing TDP incentive category next year.  We are requesting $650,000 grant award amount.</x:t>
   </x:si>
   <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>We will use a fine mesh rubber (50 mesh) in our process of manufacturing shingle and roll goods for roofing materials. The crumb rubber usage will contain 1,733,333.32 pounds for a total amount of $650,000. The crumb rubber will be incorporated in the asphalt rubber blend, replacing a portion of the primer rubber (SBS) that is used as the binder for the roofing materials.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
@@ -279,51 +282,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b1a940a42643f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd381c15ef7314ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rae8beadd91e74b48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef8e42393c942f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54298a431488487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R486cba94e5484b47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -371,179 +374,189 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="275.98110961914063" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>220000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="G6" s="8"/>
+      <x:c r="G6" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H6" s="8" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="344.97634887695313" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
-[...1 lines deleted...]
-      <x:c r="G7" s="8"/>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.97637939453125" customHeight="1" collapsed="0">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="G8" s="8"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
-[...1 lines deleted...]
-      <x:c r="G9" s="8"/>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row ht="344.976318359375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>650000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>32</x:v>
-[...1 lines deleted...]
-      <x:c r="G10" s="8"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>2320000</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 8, 2026 9:38 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 12, 2026 11:25 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>