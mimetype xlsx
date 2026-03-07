--- v3 (2026-02-13)
+++ v4 (2026-03-07)
@@ -1,141 +1,141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dab890258945ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21d4f8022e304e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R54298a431488487b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R52b32f339f0b4ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Tire Incentive Program (TIP13)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Three D Plastics, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Frank Dvoracek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3238491316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phanessa Fong</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we are able to mold utility support blocks from 10 mesh crumb for a company in the Mid-West at competitive prices.  Three D Plastics anticipates usage of 2,200,000 pounds of crumb rubber and $220,000 in incentives.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Duerr Industries, Inc. dba SafePath Products</x:t>
+  </x:si>
+  <x:si>
+    <x:t> kelly morabito</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308931596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: As a manufacturer of recycled waste tire rubber producing products for the building industry and ADA compliance, we plan to use 1,500,000 lbs. of 10/20 mesh crumb rubber for the TDP/New Existing product category totaling $150,000.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>TrafFix Devices Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Cobus Conradie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9493615663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The products we will be using for this Grant will be crumb rubber bases for highway traffic delineators such as cones, tubes and drums. Other products are used for temporary highway signage.  The category of Grant we will be applying for is Tire Incentive using California Recycled tires.  We estimate we will use more than 6,500,000 pounds of recycled crumb for this Grant and therefore we are requesting $650,000.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>U.S. Rubber Recycling, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Kendra Steinmeyer</x:t>
   </x:si>
   <x:si>
     <x:t>9098251200</x:t>
   </x:si>
   <x:si>
-    <x:t>Phanessa Fong</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>US Rubber Recycling Inc manufactures flooring from crumb rubber.  The products are used mainly in commercial flooring and underlayment for sound mitigation.  The company expects to use 5,000,000 lbs. of crumb rubber within the New/Existing TDP incentive category next year.  We are requesting $650,000 grant award amount.</x:t>
-  </x:si>
-[...43 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Three D Plastics uses grant funds to help us and our customers to be competitive in markets here in the U.S. and Canada. Our extensive line of rubber bases are used to provide ballast for traffic safety devices in the traffic safety and construction industry which we serve thru sales to governmental agencies, commercial and retail outlets. It is because of past CalRecycle grant programs that we are able to mold utility support blocks from 10 mesh crumb for a company in the Mid-West at competitive prices.  Three D Plastics anticipates usage of 2,200,000 pounds of crumb rubber and $220,000 in incentives.</x:t>
   </x:si>
   <x:si>
     <x:t>Herbert Malarkey Roofing Company, dba Malarkey Roofing Products</x:t>
   </x:si>
   <x:si>
     <x:t> Eileen Dutton</x:t>
   </x:si>
   <x:si>
     <x:t>5032407850</x:t>
   </x:si>
   <x:si>
     <x:t>We will use a fine mesh rubber (50 mesh) in our process of manufacturing shingle and roll goods for roofing materials. The crumb rubber usage will contain 1,733,333.32 pounds for a total amount of $650,000. The crumb rubber will be incorporated in the asphalt rubber blend, replacing a portion of the primer rubber (SBS) that is used as the binder for the roofing materials.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
@@ -282,51 +282,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef8e42393c942f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54298a431488487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R486cba94e5484b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5147cfa4472541f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R52b32f339f0b4ae5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R98ab29047d6947b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -374,149 +374,149 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="275.98110961914063" customHeight="1" collapsed="0">
+    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>220000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="344.97634887695313" customHeight="1" collapsed="0">
+    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>650000</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
-    <x:row ht="287.46142578125" customHeight="1" collapsed="0">
+    <x:row ht="344.97637939453125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="586.4598388671875" customHeight="1" collapsed="0">
+    <x:row ht="275.9810791015625" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>220000</x:v>
+        <x:v>650000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row ht="344.976318359375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
         <x:v>650000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.4000244140625" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -534,29 +534,29 @@
         <x:v>35</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 12, 2026 11:25 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 6, 2026 9:31 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>