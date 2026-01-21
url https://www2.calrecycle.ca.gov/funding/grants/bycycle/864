--- v0 (2025-12-31)
+++ v1 (2026-01-21)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8c5c91f15784695" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8470c45ecd494de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re3ffaeacaf85478a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd367341352b14bfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Redemption Innovation Grant Program (RIG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -285,51 +285,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0765c31dd24446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re3ffaeacaf85478a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R17791734423b4abe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd584b550028040cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd367341352b14bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4ba5d3be62244ebb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -537,29 +537,29 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: December 31, 2025 1:49 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 7:02 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>