--- v1 (2026-01-21)
+++ v2 (2026-02-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8470c45ecd494de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b44443b8f934885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rd367341352b14bfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfffd663636064b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Redemption Innovation Grant Program (RIG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -82,75 +82,75 @@
   <x:si>
     <x:t>6508679908</x:t>
   </x:si>
   <x:si>
     <x:t>Tiffany Morris</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Hopland Band of Pomo Indians proposes to start a Mobile Recycling Program to provide consistent and accessible recycling opportunities for rural tribal communities. The program is staffed by trained Hopland Band of Pomo Indian (HBPI) recycling personnel and equipped with a dedicated recycling vehicle and trailer. The crew operates within the designated collection sites to accept aluminum, plastics, glass, and other CRV-eligible materials.</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
     <x:t>Robinson Rancheria of Pomo Indians</x:t>
   </x:si>
   <x:si>
     <x:t> Kieth Pike</x:t>
   </x:si>
   <x:si>
     <x:t>7072750527</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Robinson Rancheria of Pomo Indians proposes to update an existing recycling center. The project will deploy a customized Bag Drop system, integrating EcoPod, EcoCounts, robotic diverters, EcoPay software, baler systems, customer and baler scales, a glass breaker, a tipper, and electrical upgrades. This robust facility will provide reliable and high-capacity recycling services to an underserved community.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chemehuevi Indian Tribe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Steven Escobar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602843795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chemehuevi Indian Tribe proposes the Chemehuevi Sustainable Redemption Initiative (CSRI), a high-efficiency, RVM program designed to maximize convenience and California Redemption Value (CRV) collection across the Tribe reservation’s Centralized Modular Recycling Center. The core of the operation will be a new, state-of-the-art Modular Center equipped with 12 customer-facing RVMs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habematolel Pomo of Upper Lake</x:t>
   </x:si>
   <x:si>
     <x:t> Tad Williams</x:t>
   </x:si>
   <x:si>
     <x:t>7074134705</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Habematolel Pomo of Upper Lake Tribe proposes to start a new Recycling Center in the Upper Lake region and the surrounding Lake County areas. The business will have a dual structure with a Central Hub consisting of 12 RVMs and satellite sites with 3 solar-powered RVMs.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chemehuevi Indian Tribe proposes the Chemehuevi Sustainable Redemption Initiative (CSRI), a high-efficiency, RVM program designed to maximize convenience and California Redemption Value (CRV) collection across the Tribe reservation’s Centralized Modular Recycling Center. The core of the operation will be a new, state-of-the-art Modular Center equipped with 12 customer-facing RVMs.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -285,51 +285,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd584b550028040cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd367341352b14bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4ba5d3be62244ebb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49168aa6e0414fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfffd663636064b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6eac4d1727fb4220" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -449,117 +449,117 @@
     </x:row>
     <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2924873</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="321.9591064453125" customHeight="1" collapsed="0">
+    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>2976102</x:v>
+        <x:v>2873995</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="G9" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.9588623046875" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2873995</x:v>
+        <x:v>2976102</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>8996475</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 21, 2026 7:02 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:29 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>