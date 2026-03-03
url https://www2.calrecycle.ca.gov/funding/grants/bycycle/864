--- v2 (2026-02-10)
+++ v3 (2026-03-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b44443b8f934885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re013149e77004c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rfffd663636064b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R5a64160278a848c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2023-24 Beverage Container Redemption Innovation Grant Program (RIG4)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
@@ -82,75 +82,75 @@
   <x:si>
     <x:t>6508679908</x:t>
   </x:si>
   <x:si>
     <x:t>Tiffany Morris</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Hopland Band of Pomo Indians proposes to start a Mobile Recycling Program to provide consistent and accessible recycling opportunities for rural tribal communities. The program is staffed by trained Hopland Band of Pomo Indian (HBPI) recycling personnel and equipped with a dedicated recycling vehicle and trailer. The crew operates within the designated collection sites to accept aluminum, plastics, glass, and other CRV-eligible materials.</x:t>
   </x:si>
   <x:si>
     <x:t>Lake                </x:t>
   </x:si>
   <x:si>
     <x:t>Robinson Rancheria of Pomo Indians</x:t>
   </x:si>
   <x:si>
     <x:t> Kieth Pike</x:t>
   </x:si>
   <x:si>
     <x:t>7072750527</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Robinson Rancheria of Pomo Indians proposes to update an existing recycling center. The project will deploy a customized Bag Drop system, integrating EcoPod, EcoCounts, robotic diverters, EcoPay software, baler systems, customer and baler scales, a glass breaker, a tipper, and electrical upgrades. This robust facility will provide reliable and high-capacity recycling services to an underserved community.</x:t>
   </x:si>
   <x:si>
+    <x:t>Habematolel Pomo of Upper Lake</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tad Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7074134705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Habematolel Pomo of Upper Lake Tribe proposes to start a new Recycling Center in the Upper Lake region and the surrounding Lake County areas. The business will have a dual structure with a Central Hub consisting of 12 RVMs and satellite sites with 3 solar-powered RVMs.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Bernardino      </x:t>
   </x:si>
   <x:si>
     <x:t>Chemehuevi Indian Tribe</x:t>
   </x:si>
   <x:si>
     <x:t> Steven Escobar</x:t>
   </x:si>
   <x:si>
     <x:t>7602843795</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Chemehuevi Indian Tribe proposes the Chemehuevi Sustainable Redemption Initiative (CSRI), a high-efficiency, RVM program designed to maximize convenience and California Redemption Value (CRV) collection across the Tribe reservation’s Centralized Modular Recycling Center. The core of the operation will be a new, state-of-the-art Modular Center equipped with 12 customer-facing RVMs.</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Habematolel Pomo of Upper Lake Tribe proposes to start a new Recycling Center in the Upper Lake region and the surrounding Lake County areas. The business will have a dual structure with a Central Hub consisting of 12 RVMs and satellite sites with 3 solar-powered RVMs.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 5</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -285,51 +285,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49168aa6e0414fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfffd663636064b7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R6eac4d1727fb4220" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a6c1fae7ce44e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5a64160278a848c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2aaae81dd602492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -449,117 +449,117 @@
     </x:row>
     <x:row ht="459.9495849609375" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>2924873</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="G8" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H8" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row ht="436.960693359375" customHeight="1" collapsed="0">
+    <x:row ht="321.9591064453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>2873995</x:v>
+        <x:v>2976102</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="436.96044921875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>2976102</x:v>
+        <x:v>2873995</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G10" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.400146484375" customHeight="1" collapsed="0">
       <x:c r="A11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="10" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="10"/>
       <x:c r="D11" s="11" t="n">
         <x:v>8996475</x:v>
       </x:c>
       <x:c r="E11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H11" s="10" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 10, 2026 11:29 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 2, 2026 11:05 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>