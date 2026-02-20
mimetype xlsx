--- v0 (2026-01-25)
+++ v1 (2026-02-20)
@@ -1,488 +1,502 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb50d584e8d4622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b011b382d64f14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R462b92023f354bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R641a4b46bc014737"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Rubberized Pavement Grant Program (TRP18)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
-    <x:t>Orange              </x:t>
-[...8 lines deleted...]
-    <x:t>7145733030</x:t>
+    <x:t>San Bernardino      </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town of Apple Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Ryan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7602407000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jerri Diep</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Town of Apple Valley will use the CalRecycle Rubberized Asphalt Concrete (RAC) Grant funds to resurface local roads with rubberized chip seal, a sustainable paving material that incorporates recycled waste tires. This project will divert tires from landfills, reduce environmental impacts, and extend roadway life cycles. Grant funds will be used to ensure cost-effective, high-quality infrastructure improvements that benefit the community.  The project spans over two years with Chip Seal 2026 beginning in August 2026, and completing in October 2026, using 315,000 square yards of rubberized chip seal material and Chip Seal 2027 will begin in August 2027, completing in October 2027 using 360,000 square yards of rubberized chip seal material.   Apple Valley has a median household income (MHI) of 69 percent of the statewide MHI.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Cerritos</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Derek Van Hamersveld</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5629161224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duartina Johnson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The proposed project, identified through the City’s Pavement Management Program, involves street improvements to be completed in two phases. Phase 1 will begin in July 2026 and utilize 12,500 tons of rubberized asphalt, while Phase 2 is scheduled for July 2027 and will use approximately 12,500 tons. The total estimated tonnage of rubberized asphalt hot-mix for the project is 25,000 tons. Estimated construction start date is 05/2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Chino</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Michelle Chapman</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9093343389</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1. TR212 - Traffic Signal Installation (Monte Vista @ Walnut): Construction Scheduled from November 2026 to March 2027, using 2,650 tons of RAC Hot-mix.
+2. ST252 - Cypress Avenue Rehab: Scheduled from February 2026 to April 2026, using 560 tons of RAC Hot-mix.
+3. Pavement Improvements Zone 2: Scheduled from August 2026 to November 2026, using 6,025 tons of RAC Hot mix.
+Total RAC Hot-mix usage across all projects: 9,235 tons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sacramento          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Citrus Heights</x:t>
+  </x:si>
+  <x:si>
+    <x:t> MARY POOLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167274730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TJ Nguyen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 25/26 Roadway Resurfacing Project is proposed to begin some initial construction work in the fall of 2025 with the bulk of the resurfacing work to begin in April 2026 and be complete by December 2026.It is estimated that a total of 250,297 Square Yards of rubberized chip seal will be used.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of East Palo Alto</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Batool Zaro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503888921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Noel Davis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of East Palo Alto will deliver a Tier 2 Rubberized Pavement project that combines rubberized asphalt concrete hot mix overlays on the City’s highest load arterial with rubberized chip seal on grouped neighborhood streets. The primary RAC corridor is University Avenue within City jurisdiction, with short RAC add ons on Bay Road or East Bayshore Road where bus and truck wear are highest. The chip seal work focuses on collectors and residential blocks in the Gardens, Weeks, University Village, and the Bay Road corridor areas. Based on the street takeoffs provided by Public Works, the package is sized to utilize the 375,000 dollar cap, with about 8,700 tons of RAC hot mix at 1.5 inches and about 114,000 square yards of rubberized chip seal. Final limits and quantities may be adjusted during design to optimize network benefit and remain within the grant maximum. All locations are City owned and publicly accessible in California. All crumb rubber will be derived from only California generated waste tires and processed in California. The binder will contain a minimum of 300 pounds of tire derived crumb rubber per ton of rubberized binder, equivalent to at least 15 percent by weight of binder. The City acknowledges that no eligible costs will be incurred before execution of the Grant Agreement and issuance of the Notice to Proceed. The City implements best management practices for its vehicle and equipment fleet. The City will acknowledge CalRecycle funding and will post the required website acknowledgement and tire diversion totals for at least one year following completion. Construction will occur after the Notice to Proceed and will be completed within the grant performance period ending April 1, 2028.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Gardena</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Amir Modarressi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3102179631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project consists of pavement rehabilitation of various streets including Normandie Avenue - from Artesia Boulevard to 177th Street; Cassidy Street - from Normandie Avenue to Catalina; ;Vermont Avenue - from 177th Street (Flood Channel) to 182nd Street; 135th Street - from Western Avenue to Budlong Avenue; Normandie Avenue - from Artesia Boulevard to 177th Street; Cassidy Street - from Normandie Avenue to Catalina Vermont Avenue - from 177th Street (Flood Channel) to 182nd Street; 135th Street - from Western Avenue to Budlong Avenue; Marine Avenue - from Western Avenue to Vermont Avenue 166th Street - from Western Avenue to Normandie Avenue
+Marine Avenue - from Western Avenue to Vermont Avenue; 166th Street - from Western Avenue to Normandie Avenue. The existing asphalt pavement will be cold milled and 6,700 tons of Rubberized Asphalt Concrete (RAC) hot-mix product with crumb rubber derived from California-generated waste tires will be constructed in accordance with the latest Green Book Specifications.   Proposed construction start date is 02/2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Guadalupe</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Isaias Rosas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053566155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Guadalupe Street Pavement Project will install 56,357 square yards of rubberized chip seal treatment on all of 10th Street and also along the corridor from Obispo Street to West Main Street. 15,013 tons of RAC Hot-Mix Overlay will also be down on Simas Rd to Highway 1, and various streets within the City of Guadalupe. The work will preserve and extend pavement life, improve ride quality and safety, and reduce long-term maintenance costs. Proposed construction start date is 05/2026. As a disadvantaged community, Guadalupe will leverage rubberized asphalt to deliver a cost-effective, durable surface while diverting waste tires from landfill and improving neighborhood conditions for residents and businesses.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hawthorne</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Dweejal (DJ) Torado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103492987</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The Local Street Improvement Project will rehabilitate streets throughout the City of Hawthorne that have poor pavement conditions. Construction will be between 12/2027 to 03/2028. Approximately 15,000 tons of RAC hot-mix will be used to repave and replace asphalt.
+The Moneta Garden Mobility Improvements Project is located in the Moneta Gardens area in the City of Hawthorne. The project limits are from Prairie Ave to Crenshaw Blvd as west to east and from El Segundo Blvd to Rosecrans Ave as north to south. Construction will be between 03/2026 to 08/2026. Approximately 6,200 tons of RAC hot-mix will be used to repave and replace asphalt on streets currently in poor conditions.
+The City of Hawthorne has a median household income 80 percent or less of the statewide median household income.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Hermosa Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Magvern By</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3103180257</x:t>
   </x:si>
   <x:si>
     <x:t>Farrah Fadrigon</x:t>
-  </x:si>
-[...137 lines deleted...]
-    <x:t>3103180257</x:t>
   </x:si>
   <x:si>
     <x:t>Annual Local Street Improvements Proposed Construction Dates: 10/2026 - 02/2027
 4000 tons of RAC hot-mix
 Roadway System Pavement Rehabilitation Proposed Construction Dates: 09/2027 - 03/2028
 8000 tons of RAC hot-mix</x:t>
   </x:si>
   <x:si>
     <x:t>City of Inglewood</x:t>
   </x:si>
   <x:si>
     <x:t> Aleathia Scott</x:t>
   </x:si>
   <x:si>
     <x:t>3104125501</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Cold milling designated roadway AC pavement segment and construct a 2-inch thick Asphalt Rubber Hot Mix (ARHM) overlay across the AC pavement;
 Proposed Construction Date: February 2026 
 Total Tons of RAC Hot-mix: 25,000 tons</x:t>
   </x:si>
   <x:si>
-    <x:t>Santa Barbara       </x:t>
-[...26 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: City of East Palo Alto will deliver a Tier 2 Rubberized Pavement project that combines rubberized asphalt concrete hot mix overlays on the City’s highest load arterial with rubberized chip seal on grouped neighborhood streets. The primary RAC corridor is University Avenue within City jurisdiction, with short RAC add ons on Bay Road or East Bayshore Road where bus and truck wear are highest. The chip seal work focuses on collectors and residential blocks in the Gardens, Weeks, University Village, and the Bay Road corridor areas. Based on the street takeoffs provided by Public Works, the package is sized to utilize the 375,000 dollar cap, with about 8,700 tons of RAC hot mix at 1.5 inches and about 114,000 square yards of rubberized chip seal. Final limits and quantities may be adjusted during design to optimize network benefit and remain within the grant maximum. All locations are City owned and publicly accessible in California. All crumb rubber will be derived from only California generated waste tires and processed in California. The binder will contain a minimum of 300 pounds of tire derived crumb rubber per ton of rubberized binder, equivalent to at least 15 percent by weight of binder. The City acknowledges that no eligible costs will be incurred before execution of the Grant Agreement and issuance of the Notice to Proceed. The City implements best management practices for its vehicle and equipment fleet. The City will acknowledge CalRecycle funding and will post the required website acknowledgement and tire diversion totals for at least one year following completion. Construction will occur after the Notice to Proceed and will be completed within the grant performance period ending April 1, 2028.</x:t>
+    <x:t>Orange              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Irvine</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Farhad Bolourchi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9497246689</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Pavement rehabilitation of arterial streets within the City of Irvine, Orange County. The earliest proposed construction start date is February 2026 . The projects are:
+-Jamboree Rd Rehabilitation, Main to Campus 
+-Culver Dr Rehabilitation, Michelson to University
+-MacArthur Blvd Pavement Rehabilitation, Daimler St. to Campus Drive
+-Trabuco Rd Pavement Rehabilitation, Jeffrey Rd. to 500’ W of Monroe
+-Bake Parkway Intersection Improvement, Bake Parkway/Jeronimo 
+-Jeffrey Road intersection Improvement, Jeffrey to ICD
+-The estimated total tons of RAC hot-mix is Total Quantity: 37,958 tons</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kings               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Lemoore</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Orfil Muniz</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5594294747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Lemoore intends to utilize rubberized asphalt concrete to construct accessible pathways at two community parks and in a pavement rehabilitation project that will consist of milling the existing pavement surface to pave a new top surface layer. Proposed construction dates are from 05/2026 to 11/2026. These projects are estimated to utilize 4,438 tons of hot-mix rubberized asphalt concrete.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara         </x:t>
   </x:si>
   <x:si>
     <x:t>City of Milpitas</x:t>
   </x:si>
   <x:si>
     <x:t> Mohit Chaudhary</x:t>
   </x:si>
   <x:si>
     <x:t>4085863270</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project proposes the replacement of 12,500 tons of existing asphalt concrete pavement with Rubberized Asphalt Concrete (RAC) on 07/2026 as part of annual roadway rehabilitation and improvement initiative. The primary objective is to enhance pavement durability, improve ride quality, and contribute to environmental sustainability by incorporating recycled tire rubber into the asphalt mix.
 Scope of Work
 Removal and replacement of existing asphalt concrete with 12,500 tons of RHMA. 
 Incorporation of crumb rubber derived from waste tires into the asphalt binder to improve flexibility, resistance to cracking, and long-term performance.
 Placement, compaction, and quality control testing in accordance with applicable standards and specifications.
 Traffic management and safety measures during construction activities.
 Benefits of Rubberized Hot Mix Asphalt
 Improved Performance: Enhanced resistance to rutting, fatigue, and thermal cracking compared to conventional asphalt concrete.
 Noise Reduction: Proven ability to reduce tire–pavement noise, improving roadway environments.
 Sustainability: Recycles waste tires, diverting them from landfills and reducing environmental impact.
 Cost Efficiency: Longer service life and reduced maintenance needs lead to overall lifecycle cost savings.
 Project Outcomes
 The successful implementation of RHMA for 12,500 tons of pavement replacement will result in a more durable and sustainable roadway infrastructure. The project demonstrates the value of integrating recycled materials into transportation construction while meeting performance and safety requirements.</x:t>
   </x:si>
   <x:si>
     <x:t>City of Newport Beach</x:t>
   </x:si>
   <x:si>
     <x:t> Trevor Smouse</x:t>
   </x:si>
   <x:si>
     <x:t>9496443325</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: This project involves rehabilitating deteriorated asphalt concrete pavement. Proposed improvements include grinding and overlaying the existing pavement with Asphalt Rubberized Hot Mix (ARHM). This is a citywide project and is located on various arterials such as:
 1. MacArthur Blvd (Jamboree Rd to Campus Dr)
 2. Newport Blvd(West Coast Hwy to Via Lido)
 3. Via Lido(Newport Blvd to Via Malaga)
 4. San Miguel Dr (San Joaquin Hills Rdto Ford Rd)
 5. Eastbluff Dr (Jamboree Rd (Ford Rd) to Jamboree Rd (University Dr))
 6. Birch St(Bristol Street North to MacArthur Blvd)
 7. Birch St(MacArthur Blvdto Jamboree Rd)
 The earliest proposed construction start date is January 2026 (01/2026). Construction for the above-listed arterials would take place between April 2026 (04/2026) and June 2028 (06/2028). A total of 29,260 tons of RAC hot-mix will be used for the rehabilitation of these arterials.</x:t>
   </x:si>
   <x:si>
-    <x:t>City of Perris</x:t>
-[...124 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The 25/26 Roadway Resurfacing Project is proposed to begin some initial construction work in the fall of 2025 with the bulk of the resurfacing work to begin in April 2026 and be complete by December 2026.It is estimated that a total of 250,297 Square Yards of rubberized chip seal will be used.</x:t>
+    <x:t>Riverside           </x:t>
   </x:si>
   <x:si>
     <x:t>City of Rancho Mirage</x:t>
   </x:si>
   <x:si>
     <x:t> Jeff Benson</x:t>
   </x:si>
   <x:si>
     <x:t>7607703224</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Rancho Mirage proposes to complete three critical projects using Rubberized Pavement Grant Program funds. Ramon Road Pavement Rehabilitation would begin in June 2026 and be completed by September 2026, using an estimated 5,104 tons of RAC hot mix. The Citywide REAS Slurry Seal 2026 project would run from September to October, 2026, using an estimated 431,000 square yards of rubberized chip seal. The following year, the City would complete the Citywide REAS Slurry Seal 2027 project, which would run from September to October 2027 and use an estimated 270,000 square yards of rubberized chip seal.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alameda             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Leandro</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Bennett Sanderson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5105773432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The Sealing project will consist of slurry sealing and asphalt rubber cape sealing streets all over the City of San Leandro, as well as necessary base repairs, utility cover adjustments, and striping. The current estimated quantity of cape seal is 297,480 square yards.
+The Overlay project will consist of a 2.5” Mill and Overlay of Hesperian Boulevard from the I-238 overpass to Bayfair Drive. As part of this road reconstruction project, the City will be installing class IV bike lanes along this segment of Hesperian Boulevard, installing ADA accessible curb ramps, utility cover adjustments and striping. The Current Estimated quantity of RHMA is about 5000 Tons.
+3,691.43 tons of RAC hot-mix and estimated construction date of 05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Tyris Le</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4085732495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Clara County Roads and Airport Department are planning a series of roadway maintenance projects to improve pavement conditions and extend roadway service life. This effort will utilize 374,310 square yards of rubberized chip seal for construction phase starting 07/2026 and anticipated to end 03/2028 during FY25-26 Rubberized Pavement Grant Program term. These pavement resurfacing projects will be implemented in consequential order across various sites in select southern Santa Clara County, predominately rural roadways—San Martin Ave, Tennant Ave, Uvas Rd, Watsonville Rd, Barnard Rd, Condit Rd, Baxter Ave, Creston Dr, Old Santa Cruz Highway, and Summit Rd. 
+Eligible binder types will be used for reimbursed portions, with assurance that crumb rubber content and comply with CA sourcing requirements. All incurred costs associated with installation and construction will be after receipt of the Notice of Proceed.</x:t>
   </x:si>
   <x:si>
     <x:t>Fresno              </x:t>
   </x:si>
   <x:si>
     <x:t>City of Selma</x:t>
   </x:si>
   <x:si>
     <x:t> Andrew Vongphachanh</x:t>
   </x:si>
   <x:si>
     <x:t>5592443123</x:t>
   </x:si>
   <x:si>
     <x:t>The City of Selma's FY 25/26 Street Sealing Project plans to perform roadway preventative maintenance treatments on various roadways within the City of Selma which includes 44,000 square yards of rubberized asphalt cape sealing. The roadways were first identified in the City of Selma's StreetSaver pavement management program of having PCI values between 65 to 80. The roadway conditions were then field verified in the field as good candidates for rubberized asphalt cape sealing. The proposed roadways to receive rubberized asphalt cape sealing can be seen in the KMZ file uploaded to this application. The City currently plans to construct the project from March 2027 to June 2027. Securing the requested funds will be important to ensure that the City of Selma can meet the budget required for performing its preventative maintenance project before the roadways deteriorates further and requires more costly road rehab or reconstruction treatments.
 According to the US Census Bureau, the household medium income in 2023 for the City of Selma was $55,839 which is approximately 61% of the statewide household medium income of $92,000 for the same year.</x:t>
   </x:si>
   <x:si>
+    <x:t>San Joaquin         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Stockton</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Adriana Garibay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2099377298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The resurfacing project will install rubberized Chip-Seal followed by a Slurry Seal application at various local streets throughout the City of Stockton. The scope of work includes removing and replacing pavement striping, pavement markings, and pavement legends. The estimated total area of the resurfacing is 252,419 square yards. The chip-seal rubber binder will contain a minimum of 300 pounds of tire-derived crumb rubber per ton of rubberized binder. The proposed construction dates for the project is 06/2026 to 06/2027.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Perris</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Grace Alvarez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519562120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pavement rehabilitation of two primary arterials in the City of Perris, Perris Blvd., and Nuevo Road by utilizing 19,000 Tons RAC Hot-Mix Material.  Start of construction is June 2026 for Perris Blvd., and September 2026 for Nuevo Rd. The proposed RAC Pavement Rehabilitation Projects are within Census Tracts 060650426171, 060650426172, 060650426181, 060650426201, 060650428003,060650427062, 060650427062, and 060650427064, all within the low/moderate income household income of less than 80% of the statewide median household income.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of San Mateo</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Stephanie Pinon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6504373131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Rehabilitation of 1.7 miles of City streets with the majority of the streets to be repaved using rubberized hot mix asphalt. 5,000 Tons of RAC hot-mix, earliest proposed construction start date: 07/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Wildomar</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Karen Simpson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3233748312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Wildomar will utilize approximately 25,000 Tons of Rubberized Asphalt Concrete Hot-Mix to improve multiple roadways and further protection for public health, safety, and the environment. Project start date is April 2026 with construction completion April 2028. Cameron Luna, Associate Engineer completed the TDA training course on October 5, 2022 and the Rubberized Asphalt Concrete (RAC) Technical Training Workshop on November 8, 2023.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monterey            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Salinas</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Victor Sanchez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8317587904</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The City of Salinas is planning on overlaying 2" thick rubberized pavement on pedestrian and bike trails as well as parks that still have asphalt paths. The largest locations include Natividad Creek Park, Rossi Rico, Upper Car Lake, Gabilan Creek, El Dorado Park, Laurelwood Park, Central Park, etc. There will be 13 park locations and 8 trail locations with a proposed total of 7,204 tons of RAC Hot Mix. We are planning to start construction 08/2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Tustin</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Elsa Robinson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7145733030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Tustin is requesting $169,800 in funding through the FY 2025–26 Rubberized Pavement Grant Program (TRP18) to incorporate rubberized asphalt concrete (RAC) material into its Annual Roadway Rehabilitation and Sidewalk Repair Project. This project will take place within Zone 7 of the City’s Pavement Management Program, located in the Tustin Legacy area. The project area is generally bounded by Edinger Avenue to the north, Tustin Ranch Road to the east, Barranca Parkway to the south, and State Route 55 (SR-55) to the west.
+The rehabilitation will include the placement of approximately 9,900 tons of RAC material and 45,600 square yards of rubberized chip seal. Construction is scheduled to begin in July 2026, with completion anticipated in October 2026.
+Incorporating RAC into this project will deliver long-term community and environmental benefits by:
+- Enhancing roadway durability and extending pavement life, reducing the need for frequent repairs;
+- Lowering traffic noise, improving quality of life for nearby residents;
+- Diverting thousands of scrap tires from California landfills, advancing the state’s recycling goals; and
+- Supporting a more sustainable and cost-effective pavement management program.
+This project demonstrates the City of Tustin’s commitment to maintaining safe, efficient, and environmentally responsible transportation infrastructure.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Calaveras County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Jennifer Herndon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2097546401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: The project involves applying 7,500 tons of RAC Hot-Mix to approx 4.5 miles of roadway.  Proposed construction start date is 06/2026.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ramona Band of Cahuilla</x:t>
+  </x:si>
+  <x:si>
+    <x:t> John Gomez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9519414943</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maintenance of Hog Lake Truck Trail. Chip seal of a 10 year old asphalt driving surface that has begun to show some wear and tear from general use and impacts from the environment. The proposed Project will begin January 2026 and will be completed by January 2027. Based on the length and width of the roadway segment, a total of 24,406 square yards of rubberized chip seal will be used for the Project.</x:t>
+  </x:si>
+  <x:si>
     <x:t/>
   </x:si>
   <x:si>
-    <x:t>Count: 25</x:t>
+    <x:t>Count: 26</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b val="1"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="9"/>
@@ -611,51 +625,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4ca7227ac984b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R462b92023f354bde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra148d2e3698f4ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095928b23e724d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R641a4b46bc014737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb337be4c49c4349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -703,689 +717,714 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1322.3905029296875" customHeight="1" collapsed="0">
+    <x:row ht="712.94171142578125" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>169800</x:v>
+        <x:v>337500</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="425.4520263671875" customHeight="1" collapsed="0">
+    <x:row ht="471.4583740234375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>375000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="G7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="H7" s="8" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
-    <x:row ht="827.943115234375" customHeight="1" collapsed="0">
+    <x:row ht="402.462890625" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B8" s="8" t="s">
         <x:v>22</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>374310</x:v>
+        <x:v>138525</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
-      <x:c r="G8" s="8" t="s">
+    </x:row>
+    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+      <x:c r="A9" s="8" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="H8" s="8" t="s">
+      <x:c r="B9" s="8" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>133140</x:v>
+        <x:v>250297</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+    </x:row>
+    <x:row ht="1575.3543701171875" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>33</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>225000</x:v>
+        <x:v>375000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="H10" s="8" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="1023.420166015625" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>252419</x:v>
+        <x:v>100500</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>41</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>337500</x:v>
+        <x:v>375000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="F12" s="8" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H12" s="8" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="F12" s="8" t="s">
+    </x:row>
+    <x:row ht="747.439453125" customHeight="1" collapsed="0">
+      <x:c r="A13" s="8" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B13" s="8" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
-        <x:v>375000</x:v>
+        <x:v>126578</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G13" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row ht="229.97509765625" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
         <x:v>180000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="G14" s="8" t="s">
-        <x:v>14</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H14" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row ht="298.9697265625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>375000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="G15" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H15" s="8" t="s">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+      <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
         <x:v>375000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="F16" s="8" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H16" s="8" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="379.47412109375" customHeight="1" collapsed="0">
+      <x:c r="A17" s="8" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="F16" s="8" t="s">
+      <x:c r="B17" s="8" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
-        <x:v>375000</x:v>
+        <x:v>133140</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="F17" s="8" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="H17" s="8" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1678.8466796875" customHeight="1" collapsed="0">
+      <x:c r="A18" s="8" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F17" s="8" t="s">
+      <x:c r="B18" s="8" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>375000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
+    </x:row>
+    <x:row ht="885.4306640625" customHeight="1" collapsed="0">
+      <x:c r="A19" s="8" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B19" s="8" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...12 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>321860</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F19" s="8" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H19" s="8" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="F19" s="8" t="s">
+    </x:row>
+    <x:row ht="540.453125" customHeight="1" collapsed="0">
+      <x:c r="A20" s="8" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="G19" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H19" s="8" t="s">
+      <x:c r="B20" s="8" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="8"/>
       <x:c r="D20" s="9" t="n">
-        <x:v>285000</x:v>
+        <x:v>375000</x:v>
       </x:c>
       <x:c r="E20" s="8" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="F20" s="8" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F20" s="8" t="s">
+      <x:c r="G20" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="H20" s="8" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="G20" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H20" s="8" t="s">
+    </x:row>
+    <x:row ht="724.4501953125" customHeight="1" collapsed="0">
+      <x:c r="A21" s="8" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="B21" s="8" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C21" s="8"/>
       <x:c r="D21" s="9" t="n">
-        <x:v>138525</x:v>
+        <x:v>375000</x:v>
       </x:c>
       <x:c r="E21" s="8" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F21" s="8" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="G21" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H21" s="8" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
-    <x:row ht="448.4697265625" customHeight="1" collapsed="0">
+    <x:row ht="827.943359375" customHeight="1" collapsed="0">
       <x:c r="A22" s="8" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B22" s="8" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
       <x:c r="C22" s="8"/>
       <x:c r="D22" s="9" t="n">
-        <x:v>216120</x:v>
+        <x:v>374310</x:v>
       </x:c>
       <x:c r="E22" s="8" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="F22" s="8" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="F22" s="8" t="s">
+      <x:c r="G22" s="8" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="H22" s="8" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="G22" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H22" s="8" t="s">
+    </x:row>
+    <x:row ht="1034.9013671875" customHeight="1" collapsed="0">
+      <x:c r="A23" s="8" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
       <x:c r="B23" s="8" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C23" s="8"/>
       <x:c r="D23" s="9" t="n">
-        <x:v>150000</x:v>
+        <x:v>44000</x:v>
       </x:c>
       <x:c r="E23" s="8" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F23" s="8" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G23" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H23" s="8" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
-    <x:row ht="471.458984375" customHeight="1" collapsed="0">
+    <x:row ht="551.9619140625" customHeight="1" collapsed="0">
       <x:c r="A24" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B24" s="8" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C24" s="8"/>
       <x:c r="D24" s="9" t="n">
-        <x:v>375000</x:v>
+        <x:v>252419</x:v>
       </x:c>
       <x:c r="E24" s="8" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F24" s="8" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G24" s="8" t="s">
-        <x:v>101</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H24" s="8" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
-    <x:row ht="620.9560546875" customHeight="1" collapsed="0">
+    <x:row ht="494.447265625" customHeight="1" collapsed="0">
       <x:c r="A25" s="8" t="s">
-        <x:v>10</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B25" s="8" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C25" s="8"/>
       <x:c r="D25" s="9" t="n">
-        <x:v>375000</x:v>
+        <x:v>285000</x:v>
       </x:c>
       <x:c r="E25" s="8" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="F25" s="8" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="G25" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H25" s="8" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1023.4208984375" customHeight="1" collapsed="0">
+    <x:row ht="252.9921875" customHeight="1" collapsed="0">
       <x:c r="A26" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="8" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C26" s="8"/>
       <x:c r="D26" s="9" t="n">
-        <x:v>100500</x:v>
+        <x:v>150000</x:v>
       </x:c>
       <x:c r="E26" s="8" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F26" s="8" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G26" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="8" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.4677734375" customHeight="1" collapsed="0">
+    <x:row ht="425.451171875" customHeight="1" collapsed="0">
       <x:c r="A27" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B27" s="8" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C27" s="8"/>
       <x:c r="D27" s="9" t="n">
-        <x:v>24406</x:v>
+        <x:v>375000</x:v>
       </x:c>
       <x:c r="E27" s="8" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F27" s="8" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="G27" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H27" s="8" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
-    <x:row ht="333.46875" customHeight="1" collapsed="0">
+    <x:row ht="448.470703125" customHeight="1" collapsed="0">
       <x:c r="A28" s="8" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B28" s="8" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C28" s="8"/>
       <x:c r="D28" s="9" t="n">
-        <x:v>243735</x:v>
+        <x:v>216120</x:v>
       </x:c>
       <x:c r="E28" s="8" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="F28" s="8" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G28" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="8" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
-    <x:row ht="540.4521484375" customHeight="1" collapsed="0">
+    <x:row ht="1322.3896484375" customHeight="1" collapsed="0">
       <x:c r="A29" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B29" s="8" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C29" s="8"/>
       <x:c r="D29" s="9" t="n">
-        <x:v>375000</x:v>
+        <x:v>169800</x:v>
       </x:c>
       <x:c r="E29" s="8" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="F29" s="8" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="G29" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H29" s="8" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1034.9013671875" customHeight="1" collapsed="0">
+    <x:row ht="195.4765625" customHeight="1" collapsed="0">
       <x:c r="A30" s="8" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B30" s="8" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C30" s="8"/>
       <x:c r="D30" s="9" t="n">
-        <x:v>44000</x:v>
+        <x:v>225000</x:v>
       </x:c>
       <x:c r="E30" s="8" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="F30" s="8" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="G30" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="H30" s="8" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
-    <x:row ht="14.3984375" customHeight="1" collapsed="0">
-      <x:c r="A31" s="10" t="s">
+    <x:row ht="333.46875" customHeight="1" collapsed="0">
+      <x:c r="A31" s="8" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B31" s="8" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="B31" s="10" t="s">
+      <x:c r="C31" s="8"/>
+      <x:c r="D31" s="9" t="n">
+        <x:v>24406</x:v>
+      </x:c>
+      <x:c r="E31" s="8" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="C31" s="10"/>
-[...13 lines deleted...]
-        <x:v>129</x:v>
+      <x:c r="F31" s="8" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="G31" s="8" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H31" s="8" t="s">
+        <x:v>132</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="14.400390625" customHeight="1" collapsed="0">
+      <x:c r="A32" s="10" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B32" s="10" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C32" s="10"/>
+      <x:c r="D32" s="11" t="n">
+        <x:v>6704455</x:v>
+      </x:c>
+      <x:c r="E32" s="10" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="F32" s="10" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="G32" s="10" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="H32" s="10" t="s">
+        <x:v>133</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
     <x:mergeCell ref="B21:C21"/>
     <x:mergeCell ref="B22:C22"/>
     <x:mergeCell ref="B23:C23"/>
     <x:mergeCell ref="B24:C24"/>
     <x:mergeCell ref="B25:C25"/>
     <x:mergeCell ref="B26:C26"/>
     <x:mergeCell ref="B27:C27"/>
     <x:mergeCell ref="B28:C28"/>
     <x:mergeCell ref="B29:C29"/>
     <x:mergeCell ref="B30:C30"/>
     <x:mergeCell ref="B31:C31"/>
+    <x:mergeCell ref="B32:C32"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 24, 2026 8:13 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 20, 2026 2:48 AM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>