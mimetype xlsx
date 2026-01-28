--- v0 (2026-01-07)
+++ v1 (2026-01-28)
@@ -1,120 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f7fbf946c194a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175c42ac54984b75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R8b3b6ec6478d43be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc47737bf97f04c3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Household Hazardous Waste Discretionary Grants (HD44)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project is to upgrade the existing Ben Lomond Household Hazardous Waste (HHW) facility that no longer meets the size or containment requirements of modern HHW management. The project as planned is estimated to cost approximately $600,000.00. The $250,000.00 in requested grant funds would offset the County budget to make this important project more affordable to build in these uncertain economic times. The current HHW facility serves the unincorporated county, the small cities of Capitola and Scotts Valley as well as the City of Santa Cruz. The Ben Lomond HHW facility includes a canopy covered area with storage cells and containment pallets/structures that does not provide adequate covered storage space for the amount of HHW collected at the facility. Approximately 40% of HHW storage is outside the canopy covered area. The proposed construction project will demolish and replace the degraded and undersized canopy and make facility upgrades to improve containment at the HHW collection facility. These upgrades will replace degraded infrastructure, improve HHW facility function, and provide containment upgrades to protect staff and public safety.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
   <x:si>
     <x:t>7609960972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>The Imperial Valley Resource Management Agency (IVRMA), in strategic partnership with the City of Calipatria, proposes the development of a state-of-the-art, permanent Household Hazardous Waste (HHW) Collection Facility aimed at expanding safe, accessible, and environmentally responsible hazardous waste disposal options for residents across northern Imperial County.
 This proposed facility is a critical infrastructure enhancement that will serve as a vital resource for all residents of Imperial County, with a primary focus on providing improved access for communities in the northern region, including Calipatria, Westmorland, Niland, Bombay Beach, and Salton City. While the facility will be open to residents countywide, its strategic location and targeted outreach will prioritize residents from the northern part of Imperial County, addressing existing transportation barriers and enhancing regional environmental health.
 Currently, residents from these northern communities must travel considerable distances—primarily to the City of Brawley—to dispose of HHW, which presents significant logistical challenges and transportation barriers. These barriers often discourage proper disposal practices, risking environmental contamination and public health concerns.
 By establishing a conveniently located, year-round HHW collection point in Calipatria, this project aims to significantly reduce these barriers, thereby increasing community participation in safe and responsible hazardous waste management. The facility will operate at no cost to residents, providing a safe and reliable drop-off site for common HHW items such as paints, solvents, pesticides, automotive fluids, used oil and filters, batteries, and electronic waste.
 Site Procurement, Planning, Design, and Permitting: Currently underway, these activities will ensure the facility layout complies with all safety, environmental, and regulatory standards, establishing a solid foundation for subsequent development phases.
 **Project Components and Use of HD44 Grant Funds:**
 Funding through the HD44 grant will be allocated exclusively to eligible project costs, including:
 -Procurement of Specialized HHW Handling Equipment: Acquisition of critical safety and containment infrastructure, including secondary containment systems, fire suppression systems, spill response kits, personal protective equipment (PPE), and compliant storage units to ensure safe handling and storage of hazardous materials.
 -Construction and Infrastructure Installation: Building the physical infrastructure, such as containment pads, storage bays, ventilation systems, and safety barriers, designed to meet all environmental and safety standards.
 -Public Education and Outreach: Developing targeted outreach campaigns to inform community members about the new facility, accepted materials, proper disposal practices, and how to access services. Special emphasis will be placed on engaging residents from northern Imperial County to maximize utilization and environmental benefits.
 -Operational Launch and Staff Training: Finalizing the facility's readiness for operational status, including comprehensive staff training and community notification efforts to maximize utilization and safety.
 The project will be executed in strict accordance with CalRecycle’s HD44 Procedures and Requirements, with an anticipated completion date of February 28, 2029.
 Upon completion, this facility will serve as a vital environmental safeguard, significantly improving public health and safety by encouraging proper hazardous waste disposal. It will also foster environmentally sustainable practices within the region, reduce illegal dumping, and contribute to the overall stewardship of Imperial County’s natural resources. While accessible to all residents, the facility’s strategic location and targeted outreach will particularly benefit those in the northern communities by reducing transportation barriers and promoting greater participation in environmentally responsible waste management.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The proposed project is to upgrade the existing Ben Lomond Household Hazardous Waste (HHW) facility that no longer meets the size or containment requirements of modern HHW management. The project as planned is estimated to cost approximately $600,000.00. The $250,000.00 in requested grant funds would offset the County budget to make this important project more affordable to build in these uncertain economic times. The current HHW facility serves the unincorporated county, the small cities of Capitola and Scotts Valley as well as the City of Santa Cruz. The Ben Lomond HHW facility includes a canopy covered area with storage cells and containment pallets/structures that does not provide adequate covered storage space for the amount of HHW collected at the facility. Approximately 40% of HHW storage is outside the canopy covered area. The proposed construction project will demolish and replace the degraded and undersized canopy and make facility upgrades to improve containment at the HHW collection facility. These upgrades will replace degraded infrastructure, improve HHW facility function, and provide containment upgrades to protect staff and public safety.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -249,51 +252,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649ff3769f364330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b3b6ec6478d43be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R84e0a79674944f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf041ceae29bf4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc47737bf97f04c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc597654a15724783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -341,110 +344,112 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3783.1748046875" customHeight="1" collapsed="0">
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8"/>
       <x:c r="H6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1069.398193359375" customHeight="1" collapsed="0">
+    <x:row ht="3783.174560546875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="G7" s="8"/>
+      <x:c r="G7" s="8" t="s">
+        <x:v>19</x:v>
+      </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E8" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 7, 2026 8:41 AM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 11:36 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>