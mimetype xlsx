--- v1 (2026-01-28)
+++ v2 (2026-02-19)
@@ -1,123 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R175c42ac54984b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c033da60a26469d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Rc47737bf97f04c3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a7660dcac624dfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Household Hazardous Waste Discretionary Grants (HD44)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The proposed project is to upgrade the existing Ben Lomond Household Hazardous Waste (HHW) facility that no longer meets the size or containment requirements of modern HHW management. The project as planned is estimated to cost approximately $600,000.00. The $250,000.00 in requested grant funds would offset the County budget to make this important project more affordable to build in these uncertain economic times. The current HHW facility serves the unincorporated county, the small cities of Capitola and Scotts Valley as well as the City of Santa Cruz. The Ben Lomond HHW facility includes a canopy covered area with storage cells and containment pallets/structures that does not provide adequate covered storage space for the amount of HHW collected at the facility. Approximately 40% of HHW storage is outside the canopy covered area. The proposed construction project will demolish and replace the degraded and undersized canopy and make facility upgrades to improve containment at the HHW collection facility. These upgrades will replace degraded infrastructure, improve HHW facility function, and provide containment upgrades to protect staff and public safety.</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
   <x:si>
     <x:t>7609960972</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>The Imperial Valley Resource Management Agency (IVRMA), in strategic partnership with the City of Calipatria, proposes the development of a state-of-the-art, permanent Household Hazardous Waste (HHW) Collection Facility aimed at expanding safe, accessible, and environmentally responsible hazardous waste disposal options for residents across northern Imperial County.
 This proposed facility is a critical infrastructure enhancement that will serve as a vital resource for all residents of Imperial County, with a primary focus on providing improved access for communities in the northern region, including Calipatria, Westmorland, Niland, Bombay Beach, and Salton City. While the facility will be open to residents countywide, its strategic location and targeted outreach will prioritize residents from the northern part of Imperial County, addressing existing transportation barriers and enhancing regional environmental health.
 Currently, residents from these northern communities must travel considerable distances—primarily to the City of Brawley—to dispose of HHW, which presents significant logistical challenges and transportation barriers. These barriers often discourage proper disposal practices, risking environmental contamination and public health concerns.
 By establishing a conveniently located, year-round HHW collection point in Calipatria, this project aims to significantly reduce these barriers, thereby increasing community participation in safe and responsible hazardous waste management. The facility will operate at no cost to residents, providing a safe and reliable drop-off site for common HHW items such as paints, solvents, pesticides, automotive fluids, used oil and filters, batteries, and electronic waste.
 Site Procurement, Planning, Design, and Permitting: Currently underway, these activities will ensure the facility layout complies with all safety, environmental, and regulatory standards, establishing a solid foundation for subsequent development phases.
 **Project Components and Use of HD44 Grant Funds:**
 Funding through the HD44 grant will be allocated exclusively to eligible project costs, including:
 -Procurement of Specialized HHW Handling Equipment: Acquisition of critical safety and containment infrastructure, including secondary containment systems, fire suppression systems, spill response kits, personal protective equipment (PPE), and compliant storage units to ensure safe handling and storage of hazardous materials.
 -Construction and Infrastructure Installation: Building the physical infrastructure, such as containment pads, storage bays, ventilation systems, and safety barriers, designed to meet all environmental and safety standards.
 -Public Education and Outreach: Developing targeted outreach campaigns to inform community members about the new facility, accepted materials, proper disposal practices, and how to access services. Special emphasis will be placed on engaging residents from northern Imperial County to maximize utilization and environmental benefits.
 -Operational Launch and Staff Training: Finalizing the facility's readiness for operational status, including comprehensive staff training and community notification efforts to maximize utilization and safety.
 The project will be executed in strict accordance with CalRecycle’s HD44 Procedures and Requirements, with an anticipated completion date of February 28, 2029.
 Upon completion, this facility will serve as a vital environmental safeguard, significantly improving public health and safety by encouraging proper hazardous waste disposal. It will also foster environmentally sustainable practices within the region, reduce illegal dumping, and contribute to the overall stewardship of Imperial County’s natural resources. While accessible to all residents, the facility’s strategic location and targeted outreach will particularly benefit those in the northern communities by reducing transportation barriers and promoting greater participation in environmentally responsible waste management.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project is to upgrade the existing Ben Lomond Household Hazardous Waste (HHW) facility that no longer meets the size or containment requirements of modern HHW management. The project as planned is estimated to cost approximately $600,000.00. The $250,000.00 in requested grant funds would offset the County budget to make this important project more affordable to build in these uncertain economic times. The current HHW facility serves the unincorporated county, the small cities of Capitola and Scotts Valley as well as the City of Santa Cruz. The Ben Lomond HHW facility includes a canopy covered area with storage cells and containment pallets/structures that does not provide adequate covered storage space for the amount of HHW collected at the facility. Approximately 40% of HHW storage is outside the canopy covered area. The proposed construction project will demolish and replace the degraded and undersized canopy and make facility upgrades to improve containment at the HHW collection facility. These upgrades will replace degraded infrastructure, improve HHW facility function, and provide containment upgrades to protect staff and public safety.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -252,51 +252,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf041ceae29bf4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc47737bf97f04c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc597654a15724783" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9cea74fff1a42d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a7660dcac624dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd979a563fc8640ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -344,112 +344,112 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
+    <x:row ht="3783.1748046875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="G6" s="8"/>
+      <x:c r="G6" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H6" s="8" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-    <x:row ht="3783.174560546875" customHeight="1" collapsed="0">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1069.398193359375" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
-[...1 lines deleted...]
-      <x:c r="G7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
+      <x:c r="G7" s="8"/>
       <x:c r="H7" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 11:36 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:19 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>