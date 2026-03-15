--- v2 (2026-02-19)
+++ v3 (2026-03-15)
@@ -1,123 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c033da60a26469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R656e728b315443e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R4a7660dcac624dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="Re001d8b08ea441c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Household Hazardous Waste Discretionary Grants (HD44)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz          </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Cruz County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Kasey Kolassa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8314542160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The proposed project is to upgrade the existing Ben Lomond Household Hazardous Waste (HHW) facility that no longer meets the size or containment requirements of modern HHW management. The project as planned is estimated to cost approximately $600,000.00. The $250,000.00 in requested grant funds would offset the County budget to make this important project more affordable to build in these uncertain economic times. The current HHW facility serves the unincorporated county, the small cities of Capitola and Scotts Valley as well as the City of Santa Cruz. The Ben Lomond HHW facility includes a canopy covered area with storage cells and containment pallets/structures that does not provide adequate covered storage space for the amount of HHW collected at the facility. Approximately 40% of HHW storage is outside the canopy covered area. The proposed construction project will demolish and replace the degraded and undersized canopy and make facility upgrades to improve containment at the HHW collection facility. These upgrades will replace degraded infrastructure, improve HHW facility function, and provide containment upgrades to protect staff and public safety.</x:t>
   </x:si>
   <x:si>
     <x:t>Imperial            </x:t>
   </x:si>
   <x:si>
     <x:t>Imperial Valley Resource Management Agency</x:t>
   </x:si>
   <x:si>
     <x:t> Maricela Galarza</x:t>
   </x:si>
   <x:si>
     <x:t>7609960972</x:t>
   </x:si>
   <x:si>
     <x:t>When Kwon</x:t>
   </x:si>
   <x:si>
     <x:t>The Imperial Valley Resource Management Agency (IVRMA), in strategic partnership with the City of Calipatria, proposes the development of a state-of-the-art, permanent Household Hazardous Waste (HHW) Collection Facility aimed at expanding safe, accessible, and environmentally responsible hazardous waste disposal options for residents across northern Imperial County.
 This proposed facility is a critical infrastructure enhancement that will serve as a vital resource for all residents of Imperial County, with a primary focus on providing improved access for communities in the northern region, including Calipatria, Westmorland, Niland, Bombay Beach, and Salton City. While the facility will be open to residents countywide, its strategic location and targeted outreach will prioritize residents from the northern part of Imperial County, addressing existing transportation barriers and enhancing regional environmental health.
 Currently, residents from these northern communities must travel considerable distances—primarily to the City of Brawley—to dispose of HHW, which presents significant logistical challenges and transportation barriers. These barriers often discourage proper disposal practices, risking environmental contamination and public health concerns.
 By establishing a conveniently located, year-round HHW collection point in Calipatria, this project aims to significantly reduce these barriers, thereby increasing community participation in safe and responsible hazardous waste management. The facility will operate at no cost to residents, providing a safe and reliable drop-off site for common HHW items such as paints, solvents, pesticides, automotive fluids, used oil and filters, batteries, and electronic waste.
 Site Procurement, Planning, Design, and Permitting: Currently underway, these activities will ensure the facility layout complies with all safety, environmental, and regulatory standards, establishing a solid foundation for subsequent development phases.
 **Project Components and Use of HD44 Grant Funds:**
 Funding through the HD44 grant will be allocated exclusively to eligible project costs, including:
 -Procurement of Specialized HHW Handling Equipment: Acquisition of critical safety and containment infrastructure, including secondary containment systems, fire suppression systems, spill response kits, personal protective equipment (PPE), and compliant storage units to ensure safe handling and storage of hazardous materials.
 -Construction and Infrastructure Installation: Building the physical infrastructure, such as containment pads, storage bays, ventilation systems, and safety barriers, designed to meet all environmental and safety standards.
 -Public Education and Outreach: Developing targeted outreach campaigns to inform community members about the new facility, accepted materials, proper disposal practices, and how to access services. Special emphasis will be placed on engaging residents from northern Imperial County to maximize utilization and environmental benefits.
 -Operational Launch and Staff Training: Finalizing the facility's readiness for operational status, including comprehensive staff training and community notification efforts to maximize utilization and safety.
 The project will be executed in strict accordance with CalRecycle’s HD44 Procedures and Requirements, with an anticipated completion date of February 28, 2029.
 Upon completion, this facility will serve as a vital environmental safeguard, significantly improving public health and safety by encouraging proper hazardous waste disposal. It will also foster environmentally sustainable practices within the region, reduce illegal dumping, and contribute to the overall stewardship of Imperial County’s natural resources. While accessible to all residents, the facility’s strategic location and targeted outreach will particularly benefit those in the northern communities by reducing transportation barriers and promoting greater participation in environmentally responsible waste management.</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>The proposed project is to upgrade the existing Ben Lomond Household Hazardous Waste (HHW) facility that no longer meets the size or containment requirements of modern HHW management. The project as planned is estimated to cost approximately $600,000.00. The $250,000.00 in requested grant funds would offset the County budget to make this important project more affordable to build in these uncertain economic times. The current HHW facility serves the unincorporated county, the small cities of Capitola and Scotts Valley as well as the City of Santa Cruz. The Ben Lomond HHW facility includes a canopy covered area with storage cells and containment pallets/structures that does not provide adequate covered storage space for the amount of HHW collected at the facility. Approximately 40% of HHW storage is outside the canopy covered area. The proposed construction project will demolish and replace the degraded and undersized canopy and make facility upgrades to improve containment at the HHW collection facility. These upgrades will replace degraded infrastructure, improve HHW facility function, and provide containment upgrades to protect staff and public safety.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 2</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -252,51 +255,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9cea74fff1a42d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4a7660dcac624dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd979a563fc8640ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b094d496f234d54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re001d8b08ea441c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5d1b3c6949474065" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -344,112 +347,114 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="3783.1748046875" customHeight="1" collapsed="0">
+    <x:row ht="1069.3984375" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="H6" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1069.398193359375" customHeight="1" collapsed="0">
+    <x:row ht="3783.174560546875" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
         <x:v>250000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="G7" s="8"/>
+      <x:c r="G7" s="8" t="s">
+        <x:v>20</x:v>
+      </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A8" s="10" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B8" s="10" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C8" s="10"/>
       <x:c r="D8" s="11" t="n">
         <x:v>500000</x:v>
       </x:c>
       <x:c r="E8" s="10" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F8" s="10" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G8" s="10" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="H8" s="10" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:19 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 14, 2026 5:13 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>