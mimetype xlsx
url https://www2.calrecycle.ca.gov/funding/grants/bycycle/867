--- v0 (2026-01-28)
+++ v1 (2026-02-19)
@@ -1,272 +1,284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff3cb2e5639426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a49863dd6e8410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R2603ab52dc23469f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6f8f06c0896545f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Household Hazardous Waste Discretionary Grants (HD45)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Humboldt Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Carlos Chavez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7072688680</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Construction of the permanent Household Hazardous Waste Facility building at the Hawthorne Street Transfer Station was completed in September, 2003. 
+Grant funding will be utilized for several small minor improvement projects. Projects will include an upgrade of the PHHWCF’s current lighting fixtures, along with updated lighting fixtures for the universal waste facillity that is co-located, and processes lightbulbs and batteries. These fixtures will be updated to LED lighting to provide better longevity and reduced energy consumption in the winter months.  
+An additional small project is building a secondary containment for our bulking area, which includes lo-vol, used oil along with contaminated oil and paints. This containment will be built into the floor and prevent potential unintended releases should the primary containment fail.The final project and the majority of grant funds will be used for a gutter upgrade and facility skylight replacment. Current gutters and skylights are outdated and well past their projected useful life. Staff utilize the skylights to reduce the need for constant and continuous lighting during the summer months, reducing energy use overall.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monique Figueroa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Tuolumne County will use grant funds to make essential upgrades to its Household Hazardous Waste (HHW) facility in Jamestown. Improvements include new shelving and labeling for safer material organization, installation of a sink, electrical upgrades to support operations, interior repainting, and purchase of a forklift to safely handle one-drum pallets. A CO2 fire suppression system will enhance worker and public safety, and the facility will incorporate the One Drum program to give residents a faster, more convenient way to dispose of household batteries. The grant will also provide HAZWOPER refresher recertification training for five solid waste employees over the next three years. These upgrades will ensure the HHW facility continues to operate safely, efficiently, and in compliance with state regulations while protecting staff, the public, and the environment. In addition, the County will host 1 lb. propane cylinder exchange events where residents are encouraged to bring in their single-use propane canisters. For every two empty disposable cylinders turned in, residents will receive one refillable cylinder.</x:t>
   </x:si>
   <x:si>
     <x:t>Butte               </x:t>
   </x:si>
   <x:si>
     <x:t>Butte County</x:t>
   </x:si>
   <x:si>
     <x:t>Ms. Valerie Meza</x:t>
   </x:si>
   <x:si>
     <x:t>5308792353</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Description 
 Butte County (Authority) will design a photovoltaic panel (PV) recycling pilot project that will utilize multiple one one-day events for solar panel collection for reuse and recycling. The Authority will work closely with a local hauler to host the solar panel collection events. Panels that are deemed safe for reusable will be sent to local reuse outlets such as Habitat for Humanity or other local reuse partners. The promotion of the event(s), budget allowing, may include print media, radio, television and outdoor media to reach all demographics within the jurisdiction and utilize our target audience of homeowners with unwanted solar panels. Additionally, direct calls will be made to solar contractors, and other solar professionals, to gauge their view on the best practices for solar panel reuse and recycling and promote the events.
 </x:t>
   </x:si>
   <x:si>
-    <x:t>Contra Costa        </x:t>
-[...2 lines deleted...]
-    <x:t>Contra Costa County</x:t>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moreno Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Allen Lopez</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514133109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Moreno Valley is launching a one-year lithium-ion battery collection program in partnership with a certified recycling vendor. Secure collection containers will be placed at designated city facilities, giving residents safe and convenient options for disposing of household batteries. All collected batteries will be managed and recycled in compliance with state and federal regulations, reducing environmental hazards and supporting sustainability. In addition, the city will partner with Advertising Marketplace to purchase digital billboard space to promote Household Hazardous Waste (HHW) events, with ads running two weeks before the April 11, 2026, and November 14, 2026 events. Specialized battery collection containers will also be purchased to ensure proper storage, transport, and safety compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada              </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nevada County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Julie Miller</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5302651438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We will make minor improvements to our HHW facility, including: Shelving, curb ramps and painting. We will host 2-4 e-waste events for the community and 1 household hazardous waste event. We will develop, deliver and post education materials by way of advertising and handouts at events to help inform the public on proper disposal of batteries, paint, e-waste (excluding covered e-waste), aerosol paint cans, and other HHW materials. Advertising will be through local media entities and social media.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles         </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of West Covina</x:t>
   </x:si>
   <x:si>
     <x:t> Shawn Campbell</x:t>
   </x:si>
   <x:si>
     <x:t>9164464744</x:t>
   </x:si>
   <x:si>
-    <x:t>The project will educate Contra Costa County residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, facility locations and hours, and the curbside pickup programs where available. In order to help consistently improve drop-off and pickup numbers, the County needs to continue its public outreach campaigns to promote proper HHW disposal options.  In order to reach the largest possible number of residents, we will use several outreach methods that will mutually reinforce each other yet be tailored to effectively reach the County’s diverse population. Outreach methods may include door hangers and/or direct mail, bill inserts, newspaper advertising, email blasts, and/or social + digital media to help ensure that every resident is exposed to the HHW  messages.</x:t>
-[...107 lines deleted...]
-    <x:t>City of West Covina</x:t>
+    <x:t>Raju Payuran</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project: The City of West Covina will conduct a public outreach campaign to educate
 residents about proper HHW disposal and to direct them to Los Angeles County's
 Countywide Household Hazardous and Electronic Waste Collection Program facilities.
 The aim of the campaign is to increase the number of households that properly
 dispose of HHW and the overall HHW residential collection totals. The project will
 educate residents about the acceptable and non-acceptable HHW items, proper
 HHW handling and transportation, and facility locations and hours. Funding will be available for all eligible HHW and e-waste materials only.</x:t>
   </x:si>
   <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will educate Contra Costa County residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, facility locations and hours, and the curbside pickup programs where available. In order to help consistently improve drop-off and pickup numbers, the County needs to continue its public outreach campaigns to promote proper HHW disposal options.  In order to reach the largest possible number of residents, we will use several outreach methods that will mutually reinforce each other yet be tailored to effectively reach the County’s diverse population. Outreach methods may include door hangers and/or direct mail, bill inserts, newspaper advertising, email blasts, and/or social + digital media to help ensure that every resident is exposed to the HHW  messages.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ventura</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Yahner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053208792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The requested funds are anticipated to be utilized to incorporate marine flare disposal into our existing household hazardous waste program. Given that the City of Ventura is a coastal city with many residents who are boaters, marine flare disposal has become an imperative necessity for those who utilize our harbor. Unfortunately, the City of Ventura does not currently have the capability of assisting our residents with the disposal of expired and/or damaged marine flares.  
+As a result, we have developed a plan to incorporate marine flare disposal through our existing HHW facility, with the help of our current hazardous waste disposal contractor and their third-party transporter. The funds would be used to update our existing infrastructure, purchase materials, transport and dispose of marine flares.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nate Pelczar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2794447481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide public education and outreach on marine flares, the need to safely dispose, and reusable alternatives. This project includes at least one temporary one-day collection event providing safe, cost-effective, and environmentally-friendly collection and disposal of expired marine flares.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Contra Costa Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Reka Abraham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106091216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Coby Skye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Contra Costa Solid Waste Authority dba RecycleSmart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will host a HHW collection event.  This will be a one-time event, likely in cooperation with another local HHW collection agency in order to minimize the cost burden for both agencies.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County is applying for HD45 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
+  </x:si>
+  <x:si>
     <x:t>San Mateo           </x:t>
   </x:si>
   <x:si>
     <x:t>San Mateo County</x:t>
   </x:si>
   <x:si>
-    <x:t> Polly Helm</x:t>
-[...2 lines deleted...]
-    <x:t>6502079133</x:t>
+    <x:t> Liliana Mejia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503399791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
   </x:si>
   <x:si>
     <x:t>This project will upgrade the flooring at San Mateo County Environmental Health Services Household Hazardous Waste facility located at 32 Tower Road, San Mateo CA 94402.  Upgraded epoxy flooring will increase the efficiency of operations and allow more hazardous waste to be collected in a way that protects the environment from spills and reduces slips trips and falls.</x:t>
-  </x:si>
-[...28 lines deleted...]
-    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We will make minor improvements to our HHW facility, including: Shelving, curb ramps and painting. We will host 2-4 e-waste events for the community and 1 household hazardous waste event. We will develop, deliver and post education materials by way of advertising and handouts at events to help inform the public on proper disposal of batteries, paint, e-waste (excluding covered e-waste), aerosol paint cans, and other HHW materials. Advertising will be through local media entities and social media.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -401,51 +413,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bca578899bc40b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2603ab52dc23469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R500b8c2eab5d4042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2773a99913184910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f8f06c0896545f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R483d5d42920f4739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -493,390 +505,404 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="804.92596435546875" customHeight="1" collapsed="0">
+    <x:row ht="1023.4204711914063" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>75201</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="G6" s="8"/>
+      <x:c r="G6" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H6" s="8" t="s">
-        <x:v>14</x:v>
-[...2 lines deleted...]
-    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="1057.918212890625" customHeight="1" collapsed="0">
       <x:c r="A7" s="8" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B7" s="8" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>24799</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="F7" s="8" t="s">
-        <x:v>18</x:v>
-[...1 lines deleted...]
-      <x:c r="G7" s="8"/>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="G7" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H7" s="8" t="s">
-        <x:v>19</x:v>
-[...2 lines deleted...]
-    <x:row ht="1023.4205322265625" customHeight="1" collapsed="0">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="804.92578125" customHeight="1" collapsed="0">
       <x:c r="A8" s="8" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="8" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
-        <x:v>75201</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="8" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G8" s="8"/>
       <x:c r="H8" s="8" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.472412109375" customHeight="1" collapsed="0">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="8" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F9" s="8" t="s">
-        <x:v>28</x:v>
-[...1 lines deleted...]
-      <x:c r="G9" s="8"/>
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="G9" s="8" t="s">
+        <x:v>30</x:v>
+      </x:c>
       <x:c r="H9" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.945068359375" customHeight="1" collapsed="0">
       <x:c r="A10" s="8" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="8" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="8" t="s">
-        <x:v>33</x:v>
-[...1 lines deleted...]
-      <x:c r="G10" s="8"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="G10" s="8" t="s">
+        <x:v>14</x:v>
+      </x:c>
       <x:c r="H10" s="8" t="s">
-        <x:v>34</x:v>
-[...2 lines deleted...]
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A11" s="8" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="8" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F11" s="8" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="8" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row ht="1057.91845703125" customHeight="1" collapsed="0">
+        <x:v>42</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="701.4326171875" customHeight="1" collapsed="0">
       <x:c r="A12" s="8" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="8" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>24799</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G12" s="8"/>
       <x:c r="H12" s="8" t="s">
-        <x:v>44</x:v>
-[...2 lines deleted...]
-    <x:row ht="724.4501953125" customHeight="1" collapsed="0">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="724.45068359375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="F13" s="8" t="s">
-        <x:v>48</x:v>
-[...1 lines deleted...]
-      <x:c r="G13" s="8"/>
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="H13" s="8" t="s">
-        <x:v>49</x:v>
-[...2 lines deleted...]
-    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
+        <x:v>51</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>15</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G14" s="8"/>
       <x:c r="H14" s="8" t="s">
-        <x:v>53</x:v>
-[...2 lines deleted...]
-    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="540.4541015625" customHeight="1" collapsed="0">
       <x:c r="A15" s="8" t="s">
-        <x:v>25</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B15" s="8" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
-        <x:v>17</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="F15" s="8" t="s">
-        <x:v>18</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="G15" s="8"/>
       <x:c r="H15" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="321.95947265625" customHeight="1" collapsed="0">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
-        <x:v>59</x:v>
-[...1 lines deleted...]
-      <x:c r="G16" s="8"/>
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="G16" s="8" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.49853515625" customHeight="1" collapsed="0">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>15</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G17" s="8"/>
       <x:c r="H17" s="8" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row ht="344.9765625" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="F18" s="8" t="s">
-        <x:v>28</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="G18" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H18" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="G19" s="8"/>
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
+        <x:v>73</x:v>
+      </x:c>
       <x:c r="H19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>1000000</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="H20" s="10" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: January 27, 2026 11:42 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:22 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>