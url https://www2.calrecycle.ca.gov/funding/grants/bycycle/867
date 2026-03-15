--- v1 (2026-02-19)
+++ v2 (2026-03-15)
@@ -1,284 +1,284 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a49863dd6e8410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb181604f70848f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6f8f06c0896545f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="GrantsByGrantCycle" sheetId="1" r:id="R6c462b5615f44649"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77">
   <x:si>
     <x:t>Grants Management System (GMS)</x:t>
   </x:si>
   <x:si>
     <x:t>Grants by Grant Cycle</x:t>
   </x:si>
   <x:si>
     <x:t>Grants matching your search for 2025-26 Household Hazardous Waste Discretionary Grants (HD45)</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee</x:t>
   </x:si>
   <x:si>
     <x:t>Amount Awarded</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact</x:t>
   </x:si>
   <x:si>
     <x:t>Grantee Contact Phone Number</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle Grant Manager</x:t>
   </x:si>
   <x:si>
     <x:t>Project Summary</x:t>
   </x:si>
   <x:si>
+    <x:t>Butte               </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butte County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ms. Valerie Meza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5308792353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Project Description 
+Butte County (Authority) will design a photovoltaic panel (PV) recycling pilot project that will utilize multiple one one-day events for solar panel collection for reuse and recycling. The Authority will work closely with a local hauler to host the solar panel collection events. Panels that are deemed safe for reusable will be sent to local reuse outlets such as Habitat for Humanity or other local reuse partners. The promotion of the event(s), budget allowing, may include print media, radio, television and outdoor media to reach all demographics within the jurisdiction and utilize our target audience of homeowners with unwanted solar panels. Additionally, direct calls will be made to solar contractors, and other solar professionals, to gauge their view on the best practices for solar panel reuse and recycling and promote the events.
+</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa        </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contra Costa County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Shawn Campbell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9164464744</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The project will educate Contra Costa County residents about the acceptable and non-acceptable HHW items, proper HHW handling and transportation, facility locations and hours, and the curbside pickup programs where available. In order to help consistently improve drop-off and pickup numbers, the County needs to continue its public outreach campaigns to promote proper HHW disposal options.  In order to reach the largest possible number of residents, we will use several outreach methods that will mutually reinforce each other yet be tailored to effectively reach the County’s diverse population. Outreach methods may include door hangers and/or direct mail, bill inserts, newspaper advertising, email blasts, and/or social + digital media to help ensure that every resident is exposed to the HHW  messages.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riverside           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Moreno Valley</x:t>
+  </x:si>
+  <x:si>
+    <x:t> James Delgado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9514133109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Annabel Farrall</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The City of Moreno Valley is launching a one-year lithium-ion battery collection program in partnership with a certified recycling vendor. Secure collection containers will be placed at designated city facilities, giving residents safe and convenient options for disposing of household batteries. All collected batteries will be managed and recycled in compliance with state and federal regulations, reducing environmental hazards and supporting sustainability. In addition, the city will partner with Advertising Marketplace to purchase digital billboard space to promote Household Hazardous Waste (HHW) events, with ads running two weeks before the April 11, 2026, and November 14, 2026 events. Specialized battery collection containers will also be purchased to ensure proper storage, transport, and safety compliance.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Contra Costa Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mrs. Reka Abraham</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5106091216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mai Andrews</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project includes public education on safe marine flare management and collection event promotion for general audiences and residential boat owners. This project includes source reduction and collection of marine flares. The campaign will guide residents towards proper disposal at temporary events and encourage them to adopt reusables for free at the events, or a discount offered for online purchases. This project includes at least one temporary collection event for marine flares.  The event will be well publicized in the boating community and at popular destinations to encourage greater resident participation.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo           </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Mateo County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Liliana Mejia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6503399791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will upgrade the flooring at San Mateo County Environmental Health Services Household Hazardous Waste facility located at 32 Tower Road, San Mateo CA 94402.  Upgraded epoxy flooring will increase the efficiency of operations and allow more hazardous waste to be collected in a way that protects the environment from spills and reduces slips trips and falls.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Contra Costa Solid Waste Authority dba RecycleSmart</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Nate Pelczar</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2794447481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will host a HHW collection event.  This will be a one-time event, likely in cooperation with another local HHW collection agency in order to minimize the cost burden for both agencies.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara       </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County</x:t>
+  </x:si>
+  <x:si>
+    <x:t>When Kwon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Santa Barbara County is applying for HD45 grant funds to further implement a reusable 1lb. propane cylinder program and educate residents regarding HHW proper use and disposal. The concept is to provide residents with an incentive to switch from single-use HHW products to reusables ones to be more environmentally friendly and reduce the cost of managing HHW waste for the jurisdiction.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ventura             </x:t>
+  </x:si>
+  <x:si>
+    <x:t>City of Ventura</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mr. Joe Yahner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8053208792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The requested funds are anticipated to be utilized to incorporate marine flare disposal into our existing household hazardous waste program. Given that the City of Ventura is a coastal city with many residents who are boaters, marine flare disposal has become an imperative necessity for those who utilize our harbor. Unfortunately, the City of Ventura does not currently have the capability of assisting our residents with the disposal of expired and/or damaged marine flares.  
+As a result, we have developed a plan to incorporate marine flare disposal through our existing HHW facility, with the help of our current hazardous waste disposal contractor and their third-party transporter. The funds would be used to update our existing infrastructure, purchase materials, transport and dispose of marine flares.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo     </x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Luis Obispo County Integrated Waste Management Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Coby Skye</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8057815952</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This project will provide public education and outreach on marine flares, the need to safely dispose, and reusable alternatives. This project includes at least one temporary one-day collection event providing safe, cost-effective, and environmentally-friendly collection and disposal of expired marine flares.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne            </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tuolumne County</x:t>
+  </x:si>
+  <x:si>
+    <x:t> Monique Figueroa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2095335632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akemi Myers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CalRecycle has edited the following summary to reflect the approved grant project: Tuolumne County will use grant funds to make essential upgrades to its Household Hazardous Waste (HHW) facility in Jamestown. Improvements include new shelving and labeling for safer material organization, installation of a sink, electrical upgrades to support operations, interior repainting, and purchase of a forklift to safely handle one-drum pallets. A CO2 fire suppression system will enhance worker and public safety, and the facility will incorporate the One Drum program to give residents a faster, more convenient way to dispose of household batteries. The grant will also provide HAZWOPER refresher recertification training for five solid waste employees over the next three years. These upgrades will ensure the HHW facility continues to operate safely, efficiently, and in compliance with state regulations while protecting staff, the public, and the environment. In addition, the County will host 1 lb. propane cylinder exchange events where residents are encouraged to bring in their single-use propane canisters. For every two empty disposable cylinders turned in, residents will receive one refillable cylinder.</x:t>
+  </x:si>
+  <x:si>
     <x:t>Humboldt            </x:t>
   </x:si>
   <x:si>
     <x:t>Humboldt Waste Management Authority</x:t>
   </x:si>
   <x:si>
     <x:t> Carlos Chavez</x:t>
   </x:si>
   <x:si>
     <x:t>7072688680</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Akemi Myers</x:t>
   </x:si>
   <x:si>
     <x:t>Construction of the permanent Household Hazardous Waste Facility building at the Hawthorne Street Transfer Station was completed in September, 2003. 
 Grant funding will be utilized for several small minor improvement projects. Projects will include an upgrade of the PHHWCF’s current lighting fixtures, along with updated lighting fixtures for the universal waste facillity that is co-located, and processes lightbulbs and batteries. These fixtures will be updated to LED lighting to provide better longevity and reduced energy consumption in the winter months.  
 An additional small project is building a secondary containment for our bulking area, which includes lo-vol, used oil along with contaminated oil and paints. This containment will be built into the floor and prevent potential unintended releases should the primary containment fail.The final project and the majority of grant funds will be used for a gutter upgrade and facility skylight replacment. Current gutters and skylights are outdated and well past their projected useful life. Staff utilize the skylights to reduce the need for constant and continuous lighting during the summer months, reducing energy use overall.</x:t>
   </x:si>
   <x:si>
-    <x:t>Tuolumne            </x:t>
-[...48 lines deleted...]
-  <x:si>
     <x:t>Nevada              </x:t>
   </x:si>
   <x:si>
     <x:t>Nevada County</x:t>
   </x:si>
   <x:si>
     <x:t> Julie Miller</x:t>
   </x:si>
   <x:si>
     <x:t>5302651438</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the following summary to reflect the approved grant project: We will make minor improvements to our HHW facility, including: Shelving, curb ramps and painting. We will host 2-4 e-waste events for the community and 1 household hazardous waste event. We will develop, deliver and post education materials by way of advertising and handouts at events to help inform the public on proper disposal of batteries, paint, e-waste (excluding covered e-waste), aerosol paint cans, and other HHW materials. Advertising will be through local media entities and social media.</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles         </x:t>
   </x:si>
   <x:si>
+    <x:t>City of Long Beach</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Raju Payuran</x:t>
+  </x:si>
+  <x:si>
     <x:t>City of West Covina</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Raju Payuran</x:t>
   </x:si>
   <x:si>
     <x:t>CalRecycle has edited the below summary to reflect the approved grant project: The City of West Covina will conduct a public outreach campaign to educate
 residents about proper HHW disposal and to direct them to Los Angeles County's
 Countywide Household Hazardous and Electronic Waste Collection Program facilities.
 The aim of the campaign is to increase the number of households that properly
 dispose of HHW and the overall HHW residential collection totals. The project will
 educate residents about the acceptable and non-acceptable HHW items, proper
 HHW handling and transportation, and facility locations and hours. Funding will be available for all eligible HHW and e-waste materials only.</x:t>
-  </x:si>
-[...95 lines deleted...]
-    <x:t>This project will upgrade the flooring at San Mateo County Environmental Health Services Household Hazardous Waste facility located at 32 Tower Road, San Mateo CA 94402.  Upgraded epoxy flooring will increase the efficiency of operations and allow more hazardous waste to be collected in a way that protects the environment from spills and reduces slips trips and falls.</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Count: 14</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="164" formatCode="[$-1010409]&quot;$&quot;#,##0.00;(&quot;$&quot;#,##0.00)"/>
   </x:numFmts>
   <x:fonts count="6">
     <x:font>
       <x:b val="0"/>
       <x:i val="0"/>
       <x:strike val="0"/>
       <x:u val="none"/>
       <x:sz val="11"/>
       <x:color rgb="00000000"/>
       <x:name val="Calibri"/>
     </x:font>
@@ -413,51 +413,51 @@
     </x:xf>
     <x:xf fontId="4" fillId="2" borderId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="5" fillId="0" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf fontId="4" fillId="3" borderId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
     <x:xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="left" vertical="top" textRotation="0" wrapText="1" readingOrder="1"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2773a99913184910" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6f8f06c0896545f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R483d5d42920f4739" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34c16ae6b4e34c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6c462b5615f44649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc25fa95ff0d34eee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetViews>
     <x:sheetView showGridLines="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15" customHeight="1"/>
   <x:cols>
     <x:col min="1" max="1" width="14.680365992954801" customWidth="1"/>
     <x:col min="2" max="2" width="12.758205435616629" customWidth="1"/>
     <x:col min="3" max="3" width="1.9271598761422291" customWidth="1"/>
     <x:col min="4" max="4" width="14.680365992954801" customWidth="1"/>
     <x:col min="5" max="5" width="14.680365992954801" customWidth="1"/>
     <x:col min="6" max="6" width="14.68036817278181" customWidth="1"/>
     <x:col min="7" max="7" width="14.680357273646763" customWidth="1"/>
     <x:col min="8" max="8" width="14.809954528808595" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row ht="28.799999237060547" customHeight="1" collapsed="0">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -505,371 +505,377 @@
     </x:row>
     <x:row ht="34.497634887695313" customHeight="1" collapsed="0">
       <x:c r="A5" s="5" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B5" s="6" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C5" s="7"/>
       <x:c r="D5" s="5" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row ht="1023.4204711914063" customHeight="1" collapsed="0">
+    <x:row ht="804.92596435546875" customHeight="1" collapsed="0">
       <x:c r="A6" s="8" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B6" s="8" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C6" s="8"/>
       <x:c r="D6" s="9" t="n">
-        <x:v>75201</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E6" s="8" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="8" t="s">
         <x:v>13</x:v>
       </x:c>
-      <x:c r="G6" s="8" t="s">
+      <x:c r="G6" s="8"/>
+      <x:c r="H6" s="8" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="H6" s="8" t="s">
+    </x:row>
+    <x:row ht="701.43310546875" customHeight="1" collapsed="0">
+      <x:c r="A7" s="8" t="s">
         <x:v>15</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A7" s="8" t="s">
+      <x:c r="B7" s="8" t="s">
         <x:v>16</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="8"/>
       <x:c r="D7" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>24799</x:v>
       </x:c>
       <x:c r="E7" s="8" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F7" s="8" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="F7" s="8" t="s">
+      <x:c r="G7" s="8"/>
+      <x:c r="H7" s="8" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="G7" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H7" s="8" t="s">
+    </x:row>
+    <x:row ht="724.4503173828125" customHeight="1" collapsed="0">
+      <x:c r="A8" s="8" t="s">
         <x:v>20</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A8" s="8" t="s">
+      <x:c r="B8" s="8" t="s">
         <x:v>21</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="8"/>
       <x:c r="D8" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E8" s="8" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="F8" s="8" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="F8" s="8" t="s">
+      <x:c r="G8" s="8" t="s">
         <x:v>24</x:v>
       </x:c>
-      <x:c r="G8" s="8"/>
       <x:c r="H8" s="8" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
-    <x:row ht="724.450439453125" customHeight="1" collapsed="0">
+    <x:row ht="540.45361328125" customHeight="1" collapsed="0">
       <x:c r="A9" s="8" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B9" s="8" t="s">
         <x:v>26</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>27</x:v>
       </x:c>
       <x:c r="C9" s="8"/>
       <x:c r="D9" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E9" s="8" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="F9" s="8" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="F9" s="8" t="s">
+      <x:c r="G9" s="8" t="s">
         <x:v>29</x:v>
       </x:c>
-      <x:c r="G9" s="8" t="s">
+      <x:c r="H9" s="8" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="H9" s="8" t="s">
+    </x:row>
+    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+      <x:c r="A10" s="8" t="s">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A10" s="8" t="s">
+      <x:c r="B10" s="8" t="s">
         <x:v>32</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="C10" s="8"/>
       <x:c r="D10" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E10" s="8" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F10" s="8" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="F10" s="8" t="s">
+      <x:c r="G10" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H10" s="8" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="G10" s="8" t="s">
-[...2 lines deleted...]
-      <x:c r="H10" s="8" t="s">
+    </x:row>
+    <x:row ht="149.499267578125" customHeight="1" collapsed="0">
+      <x:c r="A11" s="8" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B11" s="8" t="s">
         <x:v>36</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>38</x:v>
       </x:c>
       <x:c r="C11" s="8"/>
       <x:c r="D11" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E11" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F11" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G11" s="8" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="H11" s="8" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="F11" s="8" t="s">
+    </x:row>
+    <x:row ht="344.976318359375" customHeight="1" collapsed="0">
+      <x:c r="A12" s="8" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="G11" s="8" t="s">
+      <x:c r="B12" s="8" t="s">
         <x:v>41</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>44</x:v>
       </x:c>
       <x:c r="C12" s="8"/>
       <x:c r="D12" s="9" t="n">
-        <x:v>24799</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E12" s="8" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="F12" s="8" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="G12" s="8"/>
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G12" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
       <x:c r="H12" s="8" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row ht="724.45068359375" customHeight="1" collapsed="0">
       <x:c r="A13" s="8" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="8" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C13" s="8"/>
       <x:c r="D13" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E13" s="8" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F13" s="8" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="G13" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H13" s="8" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A14" s="8" t="s">
-        <x:v>37</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="8" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C14" s="8"/>
       <x:c r="D14" s="9" t="n">
-        <x:v>50000</x:v>
+        <x:v>100000</x:v>
       </x:c>
       <x:c r="E14" s="8" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="F14" s="8" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="G14" s="8" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="H14" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F14" s="8" t="s">
+    </x:row>
+    <x:row ht="1057.91845703125" customHeight="1" collapsed="0">
+      <x:c r="A15" s="8" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="G14" s="8"/>
-      <x:c r="H14" s="8" t="s">
+      <x:c r="B15" s="8" t="s">
         <x:v>55</x:v>
-      </x:c>
-[...6 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
       <x:c r="C15" s="8"/>
       <x:c r="D15" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E15" s="8" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="F15" s="8" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="F15" s="8" t="s">
+      <x:c r="G15" s="8" t="s">
         <x:v>58</x:v>
       </x:c>
-      <x:c r="G15" s="8"/>
       <x:c r="H15" s="8" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
+    <x:row ht="1023.42041015625" customHeight="1" collapsed="0">
       <x:c r="A16" s="8" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="8" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="8"/>
       <x:c r="D16" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>75201</x:v>
       </x:c>
       <x:c r="E16" s="8" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="8" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G16" s="8" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H16" s="8" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row ht="149.4990234375" customHeight="1" collapsed="0">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="528.94482421875" customHeight="1" collapsed="0">
       <x:c r="A17" s="8" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B17" s="8" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="8"/>
       <x:c r="D17" s="9" t="n">
         <x:v>100000</x:v>
       </x:c>
       <x:c r="E17" s="8" t="s">
-        <x:v>53</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="F17" s="8" t="s">
-        <x:v>54</x:v>
-[...1 lines deleted...]
-      <x:c r="G17" s="8"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="G17" s="8" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="H17" s="8" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row ht="344.9765625" customHeight="1" collapsed="0">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row ht="264.47216796875" customHeight="1" collapsed="0">
       <x:c r="A18" s="8" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B18" s="8" t="s">
-        <x:v>67</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C18" s="8"/>
       <x:c r="D18" s="9" t="n">
-        <x:v>100000</x:v>
+        <x:v>50000</x:v>
       </x:c>
       <x:c r="E18" s="8" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F18" s="8" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="G18" s="8" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H18" s="8" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="F18" s="8" t="s">
-[...9 lines deleted...]
-    <x:row ht="321.958984375" customHeight="1" collapsed="0">
+    </x:row>
+    <x:row ht="620.95751953125" customHeight="1" collapsed="0">
       <x:c r="A19" s="8" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B19" s="8" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C19" s="8"/>
       <x:c r="D19" s="9" t="n">
         <x:v>50000</x:v>
       </x:c>
       <x:c r="E19" s="8" t="s">
-        <x:v>71</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F19" s="8" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G19" s="8" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="H19" s="8" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row ht="14.39990234375" customHeight="1" collapsed="0">
       <x:c r="A20" s="10" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B20" s="10" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C20" s="10"/>
       <x:c r="D20" s="11" t="n">
         <x:v>1000000</x:v>
       </x:c>
       <x:c r="E20" s="10" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="F20" s="10" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="G20" s="10" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -880,29 +886,29 @@
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:H1"/>
     <x:mergeCell ref="A2:B2"/>
     <x:mergeCell ref="B5:C5"/>
     <x:mergeCell ref="A4:H4"/>
     <x:mergeCell ref="B6:C6"/>
     <x:mergeCell ref="B7:C7"/>
     <x:mergeCell ref="B8:C8"/>
     <x:mergeCell ref="B9:C9"/>
     <x:mergeCell ref="B10:C10"/>
     <x:mergeCell ref="B11:C11"/>
     <x:mergeCell ref="B12:C12"/>
     <x:mergeCell ref="B13:C13"/>
     <x:mergeCell ref="B14:C14"/>
     <x:mergeCell ref="B15:C15"/>
     <x:mergeCell ref="B16:C16"/>
     <x:mergeCell ref="B17:C17"/>
     <x:mergeCell ref="B18:C18"/>
     <x:mergeCell ref="B19:C19"/>
     <x:mergeCell ref="B20:C20"/>
   </x:mergeCells>
   <x:pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0" footer="0"/>
   <x:pageSetup paperSize="1" orientation="portrait"/>
   <x:headerFooter differentOddEven="0">
-    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: February 18, 2026 7:22 PM</x:oddFooter>
+    <x:oddFooter>&amp;L&amp;"Arial"&amp;8 Page 1 of 1  Date Generated: March 14, 2026 5:14 PM</x:oddFooter>
   </x:headerFooter>
 </x:worksheet>
 </file>